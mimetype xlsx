--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -16894,32 +16894,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Plants</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Plant_Select_Plants2025-10-12</dc:title>
+  <dc:title>Plant_Select_Plants2025-11-02</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>