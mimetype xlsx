--- v1 (2025-11-02)
+++ v2 (2025-11-24)
@@ -1236,51 +1236,51 @@
 &lt;/br&gt;
 Tips from the pros: Needs well-drained soil. Cut back finished flower stalks in midsummer to refresh the appearance and to minimize seeding if not desired. In late winter, cut back old foliage around the edge of the rosette to make room for new spring growth.</t>
   </si>
   <si>
     <t>http://plantselect.org/tanacetum-cinerariifolium</t>
   </si>
   <si>
     <t>Dalmatian pink cranesbill</t>
   </si>
   <si>
     <t>Geranium dalmaticum</t>
   </si>
   <si>
     <t>Petites</t>
   </si>
   <si>
     <t>late spring to early summer</t>
   </si>
   <si>
     <t>Zones 5-7</t>
   </si>
   <si>
     <t xml:space="preserve">Hand trim or rake  dead leaves and stems in spring. </t>
   </si>
   <si>
-    <t xml:space="preserve">The groundcover geranium, Dalmatian pink cranesbill (&lt;I&gt;Geranium dalmaticum&lt;/I&gt;), is petite in stature but carries a big footprint for usefulness in the garden.  It is perfectly suited to use in the rock garden, where the low growing foliage serves as a wonderful ground cover and filler.  It covers itself with pretty pink flowers in spring and early summer.  It shines as a ground cover beneath shrubs providing a finishing touch to areas often neglected for planting.  At the front edge of a perennial border, Geranium dalmaticum serves as a neat perimeter plant.  The foliage has pretty scalloped leaves that set off the flowers.  In late summer and fall, the leaves take on reddish tones and extend the season of interest into the weeks of autumn.  When all is said and done, Geranium dalmaticum is a little workhorse of a plant.  It will do well in sun or light shade and is very versatile as to where you want to enjoy it in your garden.
+    <t xml:space="preserve">The groundcover geranium, &lt;strong&gt;Dalmatian pink cranesbill&lt;/strong&gt; (&lt;I&gt;Geranium dalmaticum&lt;/I&gt;), may be petite in stature, but it carries a big footprint for its usefulness in the garden. It's perfectly suited to use in a rock garden, where the low growing foliage serves as a wonderful groundcover and filler. It shines as a groundcover beneath shrubs providing a finishing touch to areas often neglected for planting. At the front edge of a perennial border, Dalmation pink cranesbill serves as a neat perimeter plant. &lt;br&gt;&lt;br&gt;It covers itself with pretty pink flowers in spring and early summer. The foliage has pretty scalloped leaves that set off the flowers. In late summer and fall, the leaves take on reddish tones and extend the season of interest through autumn and even parts of winter.&lt;br&gt;&lt;br&gt;&lt;i&gt;Geranium dalmaticum&lt;/i&gt; is a little workhorse of a waterwise plant. It will grow well in sun or light shade. Enjoy this versatile addition to your garden!
 </t>
   </si>
   <si>
     <t>http://plantselect.org/geranium-dalmaticum</t>
   </si>
   <si>
     <t>Denver Daisy</t>
   </si>
   <si>
     <t>Rudbeckia</t>
   </si>
   <si>
     <t>18-28 inches</t>
   </si>
   <si>
     <t>10-24 inches</t>
   </si>
   <si>
     <t>Summer to fall</t>
   </si>
   <si>
     <t>Clay, Loam, Gravelly</t>
   </si>
   <si>
     <t>AK,AR,CA,CO,CT,DE,FL,GA,HI,IA,ID,IL,IN,KS,KY,LA,MA,MD,ME,MI,MN,MO,MS,MT,NC,ND,NE,NH,NJ,NM,NY,OH,OK,OR,PA,RI,SC,SD,TN,TX,VT,WI,WV,WY</t>
@@ -2203,51 +2203,52 @@
 &lt;br/&gt;
 Tips from the pros:  Not well suited to areas that are frequently irrigated, in poorly drained soils, and in soils highly amended with organic materials. Deadhead spent flowers periodically to keep plants attractive. </t>
   </si>
   <si>
     <t>http://plantselect.org/osteospermum-p006s</t>
   </si>
   <si>
     <t>Leprechaun Southernwood</t>
   </si>
   <si>
     <t>Artemisia abrotanum ‘Leprechaun'</t>
   </si>
   <si>
     <t>Grow for foliage &amp; texture</t>
   </si>
   <si>
     <t>Cut back to base/shear down to the ground every spring, then rake up.</t>
   </si>
   <si>
     <t>Replace plants that may die out every 5-10 years.</t>
   </si>
   <si>
     <t>Up to 8500 ft</t>
   </si>
   <si>
-    <t>&lt;strong&gt;Leprechaun southernwood&lt;/strong&gt; is a compact selection of the ancient garden herb: &lt;i&gt;Artemisia abrotanum&lt;/i&gt;. This fragrant, woody herb forms a dense, symmetrical mound of whorled,  vibrant green foliage. Plant it in mass to create a low garden hedge suggestive of boxwoods but heat-loving! Tolerant of shady conditions as well as full sun. &lt;br&gt;&lt;br&gt;&lt;strong&gt;Pro tip:&lt;/strong&gt; Cut it back to the ground in late winter to early spring when fully dormant.&lt;/strong&gt; &lt;br&gt;&lt;br&gt;&lt;a href="https://plantselect.org/plantstories/dont-forget-your-gardens-backbone/"&gt;Read the plant story here.&lt;/a&gt;</t>
+    <t>&lt;strong&gt;Leprechaun southernwood&lt;/strong&gt; is a compact selection of the ancient garden herb: &lt;i&gt;Artemisia abrotanum&lt;/i&gt;. This fragrant, woody herb forms a dense, symmetrical mound of whorled,  vibrant green foliage. The foliage turns amber hues in the late fall as temperatures dance around freezing. It's often a beautiful, three- to four-week color transformation.
+&lt;br&gt;&lt;br&gt;Tolerant of shady conditions as well as full sun. Plant it in mass to create a low garden hedge suggestive of boxwoods but heat-loving!&lt;br&gt;&lt;br&gt;&lt;strong&gt;Pro tip:&lt;/strong&gt; Cut it back to the ground in late winter to early spring when fully dormant.&lt;/strong&gt; &lt;br&gt;&lt;br&gt;&lt;a href="https://plantselect.org/plantstories/dont-forget-your-gardens-backbone/"&gt;Read the plant story here.&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://plantselect.org/artemisia-abrotanum-leprechaun</t>
   </si>
   <si>
     <t>Letitia flannel plant</t>
   </si>
   <si>
     <t>Verbascum 'Letitia'</t>
   </si>
   <si>
     <t>Sun, Part Sun, Part Shade</t>
   </si>
   <si>
     <t>moderate to xeric</t>
   </si>
   <si>
     <t>Trim to shape in spring and deadhead flowers with a quick shear to keep Letitia blooming longer.</t>
   </si>
   <si>
     <t>Up to 7200'</t>
   </si>
   <si>
     <t>&lt;strong&gt;Letitia flannel plant&lt;/strong&gt; grows well in full sun through part shade. Yes, part shade! This globe-shaped perennial adds a pop of colorful beauty in those trickier light conditions in your landscape. It gets masses of bright yellow flowers in summer over beautiful, gray-green foliage. It's attractive to butterflies and other pollinators, but rabbits and deer tend to leave it alone. It won the Royal Horticultural Society's Award of Garden Merit. &lt;a href="https://plantselect.org/plantstories/letitia-flannel-plant-a-gorgeous-verbascum-that-behaves/"&gt;Read this charming perennial's story.&lt;/a&gt;
 &lt;br&gt;
@@ -4400,54 +4401,54 @@
   <si>
     <t>Add interest to your winter landscape with &lt;strong&gt;WINTER FIRE® sedum&lt;/strong&gt;! This cold-hardy succulent has soft-pointed, fleshy leaves that change from rustic green in summer, to ember red in autumn, to dark burgundy in winter. Clusters of yellow flowers appear in July and August. This drought-tolerant sedum is perfect for containers or to plant along pathways and around shrubs, as it can help act as fire-retardant mulch. &lt;br&gt;&lt;br&gt;Native to the mountains of Italy, this plant was discovered by the owner of Gardens of Rice Creek.</t>
   </si>
   <si>
     <t>http://plantselect.org/petrosedum-rupestre-rice-creek</t>
   </si>
   <si>
     <t>Woodward columnar juniper</t>
   </si>
   <si>
     <t>Juniperus scopulorum 'Woodward'</t>
   </si>
   <si>
     <t>20 feet</t>
   </si>
   <si>
     <t>AZ,CO,ID,KS,MT,ND,NE,NM,OK,OR,SD,TX,UT,WA,WY</t>
   </si>
   <si>
     <t>No maintenance. Do not shear, just let it grow. Stake to establish; remove stakes after 2 years.</t>
   </si>
   <si>
     <t>No Maintenance.</t>
   </si>
   <si>
-    <t xml:space="preserve">This elegant upright evergreen flaunts soft-textured, dark green foliage which turns grey-blue in winter. Its erect stature stands up to the windiest conditions and sheds snow loads with grace. Growing 20 feet in height and only 2-4 feet wide, this easy-care Rocky Mountain native makes a great living privacy fence, or use it to punctuate your garden with a living exclamation point! &lt;a href="https://plantselect.org/plantstories/yearning-for-tuscany-try-woodward-juniper/"&gt;Learn more about Woodward columnar juniper here.&lt;/a&gt;
-[...2 lines deleted...]
-Tips from the pros: Branches require no pruning to maintain the strongly columnar shape.  </t>
+    <t xml:space="preserve">This elegant, upright evergreen flaunts soft-textured, dark green foliage that turns gray-blue in winter. Its erect stature stands up to the windiest conditions and sheds snow loads with grace. Growing 20 feet in height and only 2-4 feet wide, this easy-care Rocky Mountain native makes a great living privacy fence, or use it to punctuate your garden with a living exclamation point! &lt;br&gt;&lt;br&gt;&lt;a href="https://plantselect.org/plantstories/yearning-for-tuscany-try-woodward-juniper/"&gt;Learn more about Woodward columnar juniper here.&lt;/a&gt;
+&lt;/br&gt;
+&lt;/br&gt;
+&lt;strong&gt;Tips from the pros:&lt;/strong&gt; Branches require no pruning to maintain the strongly columnar shape.  </t>
   </si>
   <si>
     <t>http://plantselect.org/juniperus-scopulorum-woodward</t>
   </si>
   <si>
     <t xml:space="preserve">Yellow stardust draba </t>
   </si>
   <si>
     <t>Draba rigida</t>
   </si>
   <si>
     <t>Moderate to Xeric</t>
   </si>
   <si>
     <t>To appreciate this treasure with its tiny green leaves and bright yellow flowers locate yellow stardust draba in an easily observable site - close to the edge of a rock or in a container garden.  Its slow growth will reward you with tight green cushions and bright yellow starry flowers in the spring. This true miniature will thrive if given a few rocks to nestle up to. Good for rock gardens, fairy gardens and permanent containers. Xeriscape.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Not much maintenance needed, but try to isolate it from more vigorous growing plants so that its diminutive, mounding habit can perform its best.</t>
   </si>
   <si>
     <t>http://plantselect.org/draba-rigida</t>
   </si>
 </sst>
 </file>
 
@@ -4811,51 +4812,51 @@
       <selection activeCell="V1" sqref="V1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50.559082" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="62.41333" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="44.703369" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.129639" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="38.847656" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="166.245117" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="278.360596" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="202.807617" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="18.709717" bestFit="true" customWidth="true" style="0"/>
-    <col min="21" max="21" width="1114.727783" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="1138.293457" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="89.549561" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
@@ -16730,51 +16731,51 @@
       </c>
     </row>
     <row r="176" spans="1:22">
       <c r="A176" s="0" t="s">
         <v>1292</v>
       </c>
       <c r="B176" s="0" t="s">
         <v>1293</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>330</v>
       </c>
       <c r="D176" s="0" t="s">
         <v>1294</v>
       </c>
       <c r="E176" s="0" t="s">
         <v>1105</v>
       </c>
       <c r="F176" s="0" t="s">
         <v>150</v>
       </c>
       <c r="G176" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H176" s="0" t="s">
-        <v>29</v>
+        <v>664</v>
       </c>
       <c r="I176" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J176" s="0" t="s">
         <v>239</v>
       </c>
       <c r="K176" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L176" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M176" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N176" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O176" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P176" s="0" t="s">
         <v>1295</v>
       </c>
@@ -16894,32 +16895,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Plants</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Plant_Select_Plants2025-11-02</dc:title>
+  <dc:title>Plant_Select_Plants2025-11-24</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>