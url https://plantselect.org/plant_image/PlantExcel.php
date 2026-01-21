--- v2 (2025-11-24)
+++ v3 (2026-01-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plants" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1305">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1350">
   <si>
     <t>Common Name</t>
   </si>
   <si>
     <t>Bontanic Name</t>
   </si>
   <si>
     <t>Plant Type</t>
   </si>
   <si>
     <t>Height</t>
   </si>
   <si>
     <t>Width</t>
   </si>
   <si>
     <t>Flowering Season</t>
   </si>
   <si>
     <t>Flower Color</t>
   </si>
   <si>
     <t>Sun</t>
   </si>
   <si>
@@ -770,51 +770,51 @@
   <si>
     <t>Stately herb with large, textured foliage and whorls of showy flowers.  Lavender-pink flowers can be cut for fresh or dry arrangements.  Upright architectural form and whorled seedheads are highly ornamental in fall and winter.  Perennial.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Blends well in the traditional garden border or is well suited to mass plantings in a large space. Remove dead stalks and debris in late winter or early spring.</t>
   </si>
   <si>
     <t>http://plantselect.org/phlomis-cashmeriana</t>
   </si>
   <si>
     <t>Cherry skullcap</t>
   </si>
   <si>
     <t>Scutellaria suffrutescens</t>
   </si>
   <si>
     <t>Tender Perennial</t>
   </si>
   <si>
     <t>Zones 6-9</t>
   </si>
   <si>
     <t>Remove if dead, otherwise dead head spent flowers in spring.</t>
   </si>
   <si>
-    <t>Low mounding perennial with continuous display of hot, cherry-pink flowers. Grows best in sunny, well-drained sites. Good in raised beds, rock gardens or in front of the border. Tender perennial. Xeriscape.
+    <t>&lt;strong&gt;Cherry skullcap&lt;/strong&gt; is a low mounding perennial with continuous displays of hot, cherry-pink flowers. Grows best in sunny, well-drained sites. Good in raised beds, rock gardens or in front of the border. Tender perennial. Xeriscape.
 &lt;/br&gt;
 &lt;/br&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; Occasional light shearing will encourage a greater number of buds and blooms. Cut plants back to the ground in late winter to early spring.</t>
   </si>
   <si>
     <t>http://plantselect.org/scutellaria-suffrutescens</t>
   </si>
   <si>
     <t>CHEYENNE® mock orange</t>
   </si>
   <si>
     <t>Philadelphus lewisii 'PWY01S'</t>
   </si>
   <si>
     <t>6-9 feet</t>
   </si>
   <si>
     <t>5-8 feet</t>
   </si>
   <si>
     <t>Early to midsummer</t>
   </si>
   <si>
     <t>Adaptable</t>
   </si>
@@ -1644,72 +1644,107 @@
     <t>14-20 inches</t>
   </si>
   <si>
     <t>Spring through fall</t>
   </si>
   <si>
     <t>Pink mixed</t>
   </si>
   <si>
     <t>Zones 3b-9</t>
   </si>
   <si>
     <t>Prune back hard in spring.</t>
   </si>
   <si>
     <t xml:space="preserve">A clump-forming dianthus with flowers that change from pure white to deep rose.  There is a constant succession of bloom from April to frost.  Intensely fragrant with attractive mounds of foliage in winter.  Perennial.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Judicious deadheading will ensure a long blooming season.  Although short-lived, clumps can persist for two, three, or more years.  
 </t>
   </si>
   <si>
     <t>http://plantselect.org/dianthus</t>
   </si>
   <si>
+    <t>FLATIRON™ sand cherry</t>
+  </si>
+  <si>
+    <t>Prunus pumila var. besseyi 'Boulder Weeping'</t>
+  </si>
+  <si>
+    <t>Deciduous shrub</t>
+  </si>
+  <si>
+    <t>Sun, Part Sun, Part Shade</t>
+  </si>
+  <si>
+    <t>Moderate, dry, xeric</t>
+  </si>
+  <si>
+    <t>CO,IA,IL,IN,KS,MI,MN,MT,ND,NE,OH,OR,SD,UT,WI,WY</t>
+  </si>
+  <si>
+    <t>After it's mature, select a few larger branches and prune them off to about 6" above ground. Let the plant rejuvenate.</t>
+  </si>
+  <si>
+    <t>In the spring, trim all height back to less than 8-12" and allow it to rejuvenate. (If you do annual maintenance, this care likely won't be needed.)</t>
+  </si>
+  <si>
+    <t>Up to 8000 feet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">&lt;strong&gt;FLATIRON™ sand cherry&lt;/strong&gt; is a ground-hugging native shrub reaching about one foot tall and six to eight feet wide. Horticulturist Scott Skogerboe selected it from the wild for its low stature and brilliant red fall color. FLATIRON™ makes a wonderful groundcover. It tolerates inhospitable conditions, including heat and low water.
+&lt;br&gt;&lt;br&gt;
+Its glossy green leaves are topped with white flowers that are of special value to native bees in the spring. During summer, it can happily produce fruit for birds. In the fall, it turns a gorgeous red color. </t>
+  </si>
+  <si>
+    <t>http://plantselect.org/prunus-pumila-var-besseyi-boulder-weeping</t>
+  </si>
+  <si>
     <t>FREEDA® Caterpillar Grass</t>
   </si>
   <si>
     <t>Harpochloa falx ‘Compact Black'</t>
   </si>
   <si>
     <t>Grass</t>
   </si>
   <si>
     <t>2 feet</t>
   </si>
   <si>
     <t>June to fall</t>
   </si>
   <si>
     <t>Black</t>
   </si>
   <si>
     <t>Moderate to low</t>
   </si>
   <si>
-    <t xml:space="preserve">&lt;strong&gt;FREEDA® Caterpillar grass&lt;/strong&gt; is a small, clumping grass that's native to the South African steppe. Its flowers emerge in July, forming loops that resemble caterpillars—only to unfurl into playful, fuzzy-looking seedheads that resemble dark eyebrows. In winter, the tufts of foliage turn a dark chocolate color.&lt;br&gt;&lt;br&gt;FREEDA® Caterpillar grass is drought tolerant and thrives in full to partial sun in average, to well-draining soil. </t>
+    <t xml:space="preserve">&lt;strong&gt;FREEDA® Caterpillar grass&lt;/strong&gt; is a small, clumping grass that's native to the South African steppe. Its flowers emerge in July, forming loops that resemble caterpillars—only to unfurl into playful, fuzzy-looking seedheads that resemble dark eyebrows. In winter, the tufts of foliage turn a dark chocolate color.&lt;br&gt;&lt;br&gt;FREEDA® Caterpillar grass is drought tolerant and thrives in full to partial sun. It prefers average to well-draining soil. </t>
   </si>
   <si>
     <t>http://plantselect.org/harpochloa-falx-compact-black</t>
   </si>
   <si>
     <t>Furman's Red sage</t>
   </si>
   <si>
     <t>Salvia greggii 'Furman's Red'</t>
   </si>
   <si>
     <t>June to October</t>
   </si>
   <si>
     <t>Zones 5b-10</t>
   </si>
   <si>
     <t xml:space="preserve">Hardy selection of a southwestern ever-blooming sage. Crimson to scarlet flowers are produced in repeated flushes through the summer and autumn. Best cut back in spring. Woody perennial. Xeriscape. Read more &lt;a href="/plantstories/wild-thing-and-furmans-red-sage-double-delight/" target="_blank"&gt;here&lt;/a&gt;.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Plant in spring so roots can get fully established by fall. Deadhead consistently the first season to promote growth from the crown, creating a stronger plant. Good drainage essential - does not like soggy winter conditions. Provide additional mulch protection in winter. Wait to cut back in spring when new growth is visible.  </t>
   </si>
   <si>
     <t>http://plantselect.org/salvia-greggii-furman-s-red</t>
   </si>
@@ -1849,50 +1884,82 @@
     <t>Stunning cobalt blue spikes in early spring last for nearly two months. Dense mat of evergreen rosettes turns a lovely orange-red in winter. This close cousin to ‘Bandera' blooms almost a month earlier, extending the season. Restricted to Western Colorado in the wild.
 &lt;br/&gt;
 &lt;br/&gt;
 Tips from the pros:  May reseed some. Deadhead for the first two years to avoid seed set - will result in a stronger plant. Thrives in disturbed soils - aerate surrounding soil with push aerator or spading fork from time to time.</t>
   </si>
   <si>
     <t>http://plantselect.org/penstemon-mensarum</t>
   </si>
   <si>
     <t>GRANITA® Orange ice plant</t>
   </si>
   <si>
     <t>Delosperma ‘PJS02S'</t>
   </si>
   <si>
     <t>1-22 inches</t>
   </si>
   <si>
     <t>Spring-fall</t>
   </si>
   <si>
     <t xml:space="preserve">Have your granita and eat it too! This high performing new ice plant, like it's kin GRANITA® Raspberry, closely hugs the ground, vigorously spreads and is densely covered with large flowers in varying shades of rusty orange that are at once bright, earthy and iridescent. A beautiful way to enhance your garden, provide nectar for bees, and save water at the same time. </t>
   </si>
   <si>
     <t>http://plantselect.org/delosperma-pjs02s</t>
+  </si>
+  <si>
+    <t>GRANITA® pussytoes</t>
+  </si>
+  <si>
+    <t>Antennaria dimorpha 'PJS03S'</t>
+  </si>
+  <si>
+    <t>Evergreen perennial</t>
+  </si>
+  <si>
+    <t>12-15 inches</t>
+  </si>
+  <si>
+    <t>CA,CO,ID,MT,NE,NM,NV,OR,UT,WA,WY</t>
+  </si>
+  <si>
+    <t>No annual maintenance necessary. (Evergreen so no need to cut back. Deadheading also not necessary.)</t>
+  </si>
+  <si>
+    <t>No maintenance necessary. (Evergreen so no need to cut back. Deadheading also not necessary.)</t>
+  </si>
+  <si>
+    <t>Up to 8500 feet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">&lt;strong&gt;GRANITA® pussytoes&lt;/strong&gt; is a selection of &lt;em&gt;Antennaria dimorpha&lt;/em&gt; that is native to almost every state in the West. This native groundcover was selected for its small, silver-green leaves, its tight mat of foliage and its short flower stems. The white blooms sit right on top of the foliage, so there's no need to deadhead this plant. It's also evergreen, bringing year-round interest to your garden. 
+&lt;br&gt;&lt;br&gt;
+GRANITA® pussytoes is ideal in a flagstone path, as a living mulch or in a crevice garden. </t>
+  </si>
+  <si>
+    <t>http://plantselect.org/antennaria-dimorpha-pjs03s</t>
   </si>
   <si>
     <t>GRANITA® Raspberry ice plant</t>
   </si>
   <si>
     <t>Delosperma 'PJS01S'</t>
   </si>
   <si>
     <t>Late spring to fall</t>
   </si>
   <si>
     <t>Raspberry pink</t>
   </si>
   <si>
     <t xml:space="preserve">A beautiful and unique new ice plant discovered by John Stireman among his planting of FIRE Spinner™. A vigorous and floriferous plant with large, striking, iridescent raspberry flowers that are densely packed. Creates a beautiful, shiny, dark pink carpet at the front of a border or woven throughout a bed underpinning taller perennials and shrubs. 
 &lt;br&gt;&lt;br&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; Wetness in the winter can cause die-back. Thrives in a variety of sites, but grows best in full sun with moderate moisture in dry summers (as in summer monsoons). Does not like bark mulch - consider gravel. </t>
   </si>
   <si>
     <t>http://plantselect.org/delosperma-pjs01s</t>
   </si>
   <si>
     <t>Guernsey Green Juniper, WINDWALKER® Series</t>
   </si>
   <si>
@@ -2029,51 +2096,51 @@
 &lt;br/&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; Needs porous soils. Provide protection from the heat of the summer sun for best performance. Does best in part sun to full, but dry, shade. Give a little extra protection during the winter months. This perennial benefits from placement near a large rock or boulder. Avoid bark mulch.</t>
   </si>
   <si>
     <t>http://plantselect.org/monardella-macrantha-marian-sampson</t>
   </si>
   <si>
     <t>Indigo blue dragonhead</t>
   </si>
   <si>
     <t>Dracocephalum ruyschiana</t>
   </si>
   <si>
     <t>14-16 inches</t>
   </si>
   <si>
     <t>Early Summer</t>
   </si>
   <si>
     <t>Dark Blue</t>
   </si>
   <si>
     <t>moderate to low</t>
   </si>
   <si>
-    <t>Up to 5200 ft</t>
+    <t>Up to 7200 ft</t>
   </si>
   <si>
     <t xml:space="preserve">&lt;strong&gt;Indigo blue dragonhead&lt;/strong&gt; is an easy to grow, tidy and mounding perennial. It has needle-like leaves and dark blue flowers that are speckled and quite fragrant. This perennial will thrive in a dry meadow or rock garden setting. It's tolerant of a wide range of soil types. </t>
   </si>
   <si>
     <t>http://plantselect.org/dracocephalum-ruyschiana</t>
   </si>
   <si>
     <t>KANNAH CREEK® buckwheat</t>
   </si>
   <si>
     <t>Eriogonum umbellatum var. aureum 'Psdowns'</t>
   </si>
   <si>
     <t>zones 3-8</t>
   </si>
   <si>
     <t>CO,ID,MT,NV,OR,UT,WY</t>
   </si>
   <si>
     <t>Cut back/shear off spent flower heads every fall. Or leave for winter interest and shear in March.</t>
   </si>
   <si>
     <t>&lt;strong&gt;KANNAH CREEK&lt;sup&gt;®&lt;/sup&gt; buckwheat&lt;/strong&gt; has masses of yellow flowers that turn orange as they age. Spreading green foliage changes to a vivid purple-red in winter. Vigorous and adaptable western native. Perennial. &lt;a href="/plantstories/a-grand-plant-from-grand-mesa/" target="_blank"&gt;Read the story on this perennial here&lt;/a&gt;.
 &lt;/br&gt;
@@ -2204,63 +2271,60 @@
 Tips from the pros:  Not well suited to areas that are frequently irrigated, in poorly drained soils, and in soils highly amended with organic materials. Deadhead spent flowers periodically to keep plants attractive. </t>
   </si>
   <si>
     <t>http://plantselect.org/osteospermum-p006s</t>
   </si>
   <si>
     <t>Leprechaun Southernwood</t>
   </si>
   <si>
     <t>Artemisia abrotanum ‘Leprechaun'</t>
   </si>
   <si>
     <t>Grow for foliage &amp; texture</t>
   </si>
   <si>
     <t>Cut back to base/shear down to the ground every spring, then rake up.</t>
   </si>
   <si>
     <t>Replace plants that may die out every 5-10 years.</t>
   </si>
   <si>
     <t>Up to 8500 ft</t>
   </si>
   <si>
     <t>&lt;strong&gt;Leprechaun southernwood&lt;/strong&gt; is a compact selection of the ancient garden herb: &lt;i&gt;Artemisia abrotanum&lt;/i&gt;. This fragrant, woody herb forms a dense, symmetrical mound of whorled,  vibrant green foliage. The foliage turns amber hues in the late fall as temperatures dance around freezing. It's often a beautiful, three- to four-week color transformation.
-&lt;br&gt;&lt;br&gt;Tolerant of shady conditions as well as full sun. Plant it in mass to create a low garden hedge suggestive of boxwoods but heat-loving!&lt;br&gt;&lt;br&gt;&lt;strong&gt;Pro tip:&lt;/strong&gt; Cut it back to the ground in late winter to early spring when fully dormant.&lt;/strong&gt; &lt;br&gt;&lt;br&gt;&lt;a href="https://plantselect.org/plantstories/dont-forget-your-gardens-backbone/"&gt;Read the plant story here.&lt;/a&gt;</t>
+&lt;br&gt;&lt;br&gt;Tolerant of shady conditions as well as full sun. Plant it in mass to create a low garden hedge suggestive of boxwoods but heat-loving!&lt;br&gt;&lt;br&gt;&lt;strong&gt;Pro tip:&lt;/strong&gt; Cut it back to the ground in late winter to early spring when fully dormant. This will keep the plant more compact and bring out its vibrant green color.&lt;/strong&gt; &lt;br&gt;&lt;br&gt;&lt;a href="https://plantselect.org/plantstories/dont-forget-your-gardens-backbone/"&gt;Read the plant story here.&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://plantselect.org/artemisia-abrotanum-leprechaun</t>
   </si>
   <si>
     <t>Letitia flannel plant</t>
   </si>
   <si>
     <t>Verbascum 'Letitia'</t>
-  </si>
-[...1 lines deleted...]
-    <t>Sun, Part Sun, Part Shade</t>
   </si>
   <si>
     <t>moderate to xeric</t>
   </si>
   <si>
     <t>Trim to shape in spring and deadhead flowers with a quick shear to keep Letitia blooming longer.</t>
   </si>
   <si>
     <t>Up to 7200'</t>
   </si>
   <si>
     <t>&lt;strong&gt;Letitia flannel plant&lt;/strong&gt; grows well in full sun through part shade. Yes, part shade! This globe-shaped perennial adds a pop of colorful beauty in those trickier light conditions in your landscape. It gets masses of bright yellow flowers in summer over beautiful, gray-green foliage. It's attractive to butterflies and other pollinators, but rabbits and deer tend to leave it alone. It won the Royal Horticultural Society's Award of Garden Merit. &lt;a href="https://plantselect.org/plantstories/letitia-flannel-plant-a-gorgeous-verbascum-that-behaves/"&gt;Read this charming perennial's story.&lt;/a&gt;
 &lt;br&gt;
 &lt;br&gt;
 &lt;strong&gt;Tips from pros:&lt;/strong&gt; Don't remove this plant's dead leaves over the winter, even if they look a little untidy. The leaves are protecting next year's buds. The leaves will fall off on their own in the spring when the buds begin to grow.</t>
   </si>
   <si>
     <t>http://plantselect.org/verbascum-letitia</t>
   </si>
   <si>
     <t>LITTLE TRUDY® catmint</t>
   </si>
   <si>
     <t>Nepeta ‘Psfike' PP 18,904</t>
   </si>
@@ -2286,78 +2350,106 @@
     <t>Cercocarpus intricatus</t>
   </si>
   <si>
     <t xml:space="preserve">Zones 3-9 </t>
   </si>
   <si>
     <t>AZ,CA,CO,NM,NV,UT,WY</t>
   </si>
   <si>
     <t xml:space="preserve">Shear once a year from much tighter growth.  Can also be sheared in the spring to shape into a short hedge if desired. </t>
   </si>
   <si>
     <t>&lt;strong&gt;Littleleaf mountain mahogany&lt;/strong&gt; is a densely branched, twiggy, broadleaf evergreen shrub that primarily grows wild in&lt;a href="https://plants.usda.gov/plant-profile/CEIN7" target="_blank"&gt; parts of the southwestern U.S.&lt;/a&gt;, including western Colorado, Utah, northern Arizona and central California. Use it in xeriscapes or naturalistic landscapes, or include it as a small-scale hedge plant for sunny, dry spots.
 &lt;br&gt;&lt;br&gt;
 Dense, twiggy branches with narrow, silvery-green leaves offer year-round cover and foraging areas for songbirds. Petite, spring flowers that attract native bees transform into attractive, feathery seedpods. This is a slow-growing, small to medium-sized shrub. 
 &lt;br&gt;&lt;br&gt;
 &lt;a href="/plantstories/unsung-hero-of-winter-gardens/" target="_blank"&gt;Read the full plant story here&lt;/a&gt;.
 &lt;/br&gt;
 &lt;/br&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; Can get lanky over time. Responds well to light pruning. Doesn't need much, pretty much takes care of itself.</t>
   </si>
   <si>
     <t>http://plantselect.org/cercocarpus-intricatus</t>
   </si>
   <si>
+    <t>MANDYᵀᴹ sun daisy</t>
+  </si>
+  <si>
+    <t>Osteospermum 'Mandy' PPAF</t>
+  </si>
+  <si>
+    <t>12-24 inches</t>
+  </si>
+  <si>
+    <t>May, June-Sept</t>
+  </si>
+  <si>
+    <t>Moderate, dry</t>
+  </si>
+  <si>
+    <t>Deadhead spent flowers periodically to keep plants attractive. Hand trim back dead stems in spring.</t>
+  </si>
+  <si>
+    <t>This can be a long lived perennial if growing conditions are correct.</t>
+  </si>
+  <si>
+    <t>&lt;strong&gt;MANDYᵀᴹ sun daisy&lt;/strong&gt; is a charmer in the waterwise garden, looking fresh, crisp and cheerful. It flowers prolifically in May. With a little deadheading, it continues to flower lightly all season long. Plant it along pathways, in crevices and at the front of perennial borders.</t>
+  </si>
+  <si>
+    <t>http://plantselect.org/osteospermum-mandy-ppaf</t>
+  </si>
+  <si>
     <t>Meadow Blazing Star</t>
   </si>
   <si>
     <t xml:space="preserve">Liatris ligulistylis </t>
   </si>
   <si>
     <t>1.5 feet-3 feet</t>
   </si>
   <si>
     <t>1.5 feet</t>
   </si>
   <si>
     <t>August-September</t>
   </si>
   <si>
     <t>Rosy purple</t>
   </si>
   <si>
     <t xml:space="preserve">Zones 3-8 </t>
   </si>
   <si>
     <t>CO,CT,IA,IL,MI,MN,MO,MT,ND,NM,SD,WI,WY</t>
   </si>
   <si>
-    <t>Punctuate your garden with the rosy-purple flowers of Meadow Blazing Star! This native perennial tolerates heat, humidity, drought and prefers a sunny to a partly-sunny location. Pair it with other prairie plants such as &lt;a href="https://plantselect.org/plant/salvia-darcyi-x-s-microphylla-pwin03s/"&gt;WINDWALKER® Royal Red salvia&lt;/a&gt;, &lt;a href="https://plantselect.org/plant/engelmannia-peristenia/"&gt;Engelmann's daisy&lt;/a&gt; or even &lt;a href="https://plantselect.org/plant/achnatherum-calamagrostis-pund02s/?edit=true"&gt;UNDAUNTED® alpine plume grass&lt;/a&gt; for a feast for the eyes! It isn't fussy about soils.&lt;br&gt;&lt;br&gt;This late-summer bloomer beckons to hummingbirds, native bees, honey bees and many adult butterflies, including Monarch butterflies and painted ladies. Songbirds, such as goldfinches, will eat the seeds.
+    <t>Punctuate your garden with the rosy-purple flowers of Meadow Blazing Star! This native perennial tolerates heat, humidity, drought and prefers a sunny to a partly-sunny location. Pair it with other prairie plants. It isn't fussy about soils.&lt;br&gt;&lt;br&gt;This late-summer bloomer beckons to hummingbirds, native bees, honey bees and many adult butterflies, including Monarch butterflies and painted ladies. Songbirds, such as goldfinches, will eat the seeds.
 &lt;br&gt;
 &lt;br&gt;
-This native perennial has many common names, including &lt;strong&gt;Rocky Mountain Blazing Star&lt;/strong&gt;. Look for the botanical name: &lt;em&gt;Liatris ligulistylis&lt;/em&gt;.</t>
+This native perennial has many common names, including &lt;strong&gt;Rocky Mountain Blazing Star&lt;/strong&gt;. Look for the botanical name: &lt;em&gt;Liatris ligulistylis&lt;/em&gt;.
+&lt;br&gt;&lt;br&gt;&lt;strong&gt;Pro tip:&lt;/strong&gt; Meadow blazing star doesn't love being grown in a pot. It may look droopy at the garden center. Don't let this fool you! It's a beautiful addition to a garden.</t>
   </si>
   <si>
     <t>http://plantselect.org/liatris-ligulistylis</t>
   </si>
   <si>
     <t>MESA VERDE® ice plant</t>
   </si>
   <si>
     <t>Delosperma 'Kelaidis' PP 13,876</t>
   </si>
   <si>
     <t>This iridescent, salmon-pink-flowered sport appeared among plants of a dwarf, alpine form of &lt;em&gt;Delosperma cooperi&lt;/em&gt; at Denver Botanic Gardens in 1997. An obvious hybrid, it is vigorous, compact and floriferous. Perennial.
 &lt;/br&gt;
 &lt;/br&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; Wetness in the winter can cause die-back.  Thrives in a variety of sites, but grows best in full sun with moderate moisture in dry summers (as in summer monsoons). Does not like bark mulch - consider gravel.</t>
   </si>
   <si>
     <t>http://plantselect.org/delosperma-kelaidis-pp-13-876</t>
   </si>
   <si>
     <t xml:space="preserve">Mini Man™ dwarf Manchurian viburnum </t>
   </si>
   <si>
     <t>Viburnum burejaeticum ‘P017S'</t>
   </si>
@@ -2448,50 +2540,53 @@
     <t>Blue mixed</t>
   </si>
   <si>
     <t>Up to 8150 ft.</t>
   </si>
   <si>
     <t xml:space="preserve">Introduced from Mongolia by Harlan Hamernik of Bluebird Nursery, this is a very compact form of the common herbaceous species. Available in a spectrum of colors (including pink, white, lavender and blue), it makes the perfect edging or mounding clump in a border or Xeriscape. Attractive seed heads in late summer and fall. Perennial.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Cut the plant back to the ground after the first flush of bloom and when the plant gets floppy.  The new growth will be upright and attractive and it may bloom again.  Pull undesired seedlings.  Less water will keep this plant looking its best.  </t>
   </si>
   <si>
     <t>http://plantselect.org/clematis-integrifolia-psharlan</t>
   </si>
   <si>
     <t>Mongolian Snowflakes</t>
   </si>
   <si>
     <t>Clematis hexapetala</t>
   </si>
   <si>
     <t>Spring-Summer</t>
   </si>
   <si>
     <t>Replace plants that die out over time.</t>
+  </si>
+  <si>
+    <t>Up to 5200 ft</t>
   </si>
   <si>
     <t>&lt;strong&gt;Mongolian snowflakes&lt;/strong&gt; is a striking herbaceous clematis. It forms a mounded snowstorm of two-inch, six-petaled ivory colored flowers that bloom May through summer. Spent flowers give way to shiny, feathery seed puffs that are showy in their own right. Dark green foliage supports the flurry of flowers and seed heads on this drought-tolerant beauty brought by Harlan Hamernik of Bluebird Nursery.</t>
   </si>
   <si>
     <t>http://plantselect.org/clematis-hexapetala</t>
   </si>
   <si>
     <t>Moon carrot</t>
   </si>
   <si>
     <t>Seseli gummiferum</t>
   </si>
   <si>
     <t>Midsummer to fall</t>
   </si>
   <si>
     <t xml:space="preserve">Hand trim back dead stems in spring.   </t>
   </si>
   <si>
     <t>Follow annual maintenance and allow to go to seed as it is a biennial. Thin out any undesireable seedlings.  Is reseeding too much only allow a few individuals to set seed</t>
   </si>
   <si>
     <t xml:space="preserve">Moon Carrot's basal rosette of succulent, silvery-blue, lacy foliage is substantial. The second year it produces a succession of five-inch umbels of pale pink flowers that fade to white. Use as a focal point in the garden. Biennial or short-lived perennial. Xeriscape. &lt;a href="/plantstories/moon-carrot-interesting-unusual-and-fun/" target="_blank"&gt;Learn more about this plant here&lt;/a&gt;.
 &lt;/br&gt;
@@ -2606,54 +2701,54 @@
   <si>
     <t>Deadhead while flowering to prolong flowering and in late summer back to lower foliage.</t>
   </si>
   <si>
     <t xml:space="preserve">Named for the hint of gold color in its fuzzy, leather leaves, OLYMPUS™ gold leaf sage is treasure waiting to be planted in water-wise gardens. Bi-color flowers emerge in July with large, lavender upper lips and white lower lips. Multiple flowers will encircle the upper stems at the nodes above foliage of slightly cupped leaves. This perennial can lightly self-sow in the gravel mulch of water-wise gardens. </t>
   </si>
   <si>
     <t>http://plantselect.org/salvia-chrysophylla</t>
   </si>
   <si>
     <t>ORANGE CARPET® hummingbird trumpet</t>
   </si>
   <si>
     <t xml:space="preserve">Epilobium canum subsp. garrettii 'PWWG01S' </t>
   </si>
   <si>
     <t>AZ,ID,UT,WY</t>
   </si>
   <si>
     <t xml:space="preserve">No maintenance or trim a few inches each year to promote spreading the plant into a wider size.  </t>
   </si>
   <si>
     <t>Follow annual maintenance. This is a long lived perennial and continously spreads out from center at a resonable rate, but divide if it grows too large.</t>
   </si>
   <si>
-    <t>Rapidly spreading groundcover with masses of orange-scarlet flowers in summer. A selection made from seed collected in Idaho. This is the best form of California fuchsia for high altitude or cool climate gardens. Perennial. Xeriscape.
-[...2 lines deleted...]
-&lt;strong&gt;Tips from the pros:&lt;/strong&gt; To help establish new transplants, provide supplemental winter water for the first couple of years if winter conditions are dry. Needs full sun for best growth.  Thrives in disturbed soils - aerate surrounding soil with push aerator or spading fork from time to time.
+    <t>&lt;strong&gt;ORANGE CARPET&lt;sup&gt;®&lt;/sup&gt; hummingbird trumpet&lt;/strong&gt; is a rapidly spreading groundcover with masses of orange-scarlet flowers in summer. A selection made from seed collected in Idaho. This is the best form of California fuchsia for high altitude or cool climate gardens. 
+&lt;/br&gt;
+&lt;/br&gt;
+&lt;strong&gt;Tips from the pros:&lt;/strong&gt; To help establish new transplants, provide supplemental winter water for the first couple of years if winter conditions are dry. Needs full sun for best growth.  Thrives in disturbed soils. Aerate surrounding soil with push aerator or spading fork from time to time.
 &lt;br&gt;
 &lt;br&gt;&lt;strong&gt;Botanical name note:&lt;/strong&gt; This plant was formerly classified as &lt;i&gt;Zauschneria garrettii&lt;/i&gt; 'PWWG01S'.</t>
   </si>
   <si>
     <t>http://plantselect.org/epilobium-canum-subsp-garrettii-pwwg01s</t>
   </si>
   <si>
     <t>Oxlip primrose</t>
   </si>
   <si>
     <t>Primula elatior</t>
   </si>
   <si>
     <t>April to May</t>
   </si>
   <si>
     <t xml:space="preserve">This charming but tough primrose is more persistent and tolerates more heat and drought than most of its kin. Clusters of soft yellow flowers, often fragrant, rise above pale green rosettes of foliage in spring attracting bees. This is the true wild form rarely found in the trade.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Cut back finished flower stalks in late spring and remove any tattered leaves to refresh the appearance.  </t>
   </si>
   <si>
     <t>http://plantselect.org/primula-elatior</t>
   </si>
   <si>
@@ -2725,53 +2820,50 @@
     <t>http://plantselect.org/prunus-besseyi-p011s</t>
   </si>
   <si>
     <t>PIKES PEAK PURPLE® penstemon</t>
   </si>
   <si>
     <t>Penstemon 'P007S' (Mexicali hybrid)</t>
   </si>
   <si>
     <t>Durable hybrid penstemons selected from crosses made by Bruce Meyers between Mexican and American wild penstemons.  Narrow, dark green leaves form an attractive mound.  Pikes Peak Purple chimes in with violet purple flowers all summer.  It thrives in a range of sites and soils. Read more &lt;a href="/plantstories/new-gardener-try-mexicali-penstemons/" target="_blank"&gt;here&lt;/a&gt;.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Deadhead in order to prolong bloom.  Seedlings are often not true to variety color, so pull (if desired). Thrives in disturbed soils - aerate surrounding soil with push aerator or spading fork from time to time.</t>
   </si>
   <si>
     <t>http://plantselect.org/penstemon-p007s-mexicali-hybrid</t>
   </si>
   <si>
     <t>Pink Cotton Lamb's Ear</t>
   </si>
   <si>
     <t>Stachys lavandulifolia</t>
   </si>
   <si>
     <t>Late Spring</t>
-  </si>
-[...1 lines deleted...]
-    <t>Up to 7200 ft</t>
   </si>
   <si>
     <t xml:space="preserve">Stachys lavandulifolia (green form) is a slow creeping cousin to Lamb's ear that makes low mats of soft, attractive foliage with incredibly flossy clusters of pink trumpets in late spring-early summer that really do suggest cotton candy. Rabbit and deer resistant, this perennial is a superior selection of a Turkish wildflower for the front of the garden border, or in a xeriscape garden. </t>
   </si>
   <si>
     <t>http://plantselect.org/stachys-lavandulifolia</t>
   </si>
   <si>
     <t>PINK ON REPEAT™ lilac</t>
   </si>
   <si>
     <t>Syringa pubescens subsp. microphylla 'Cheyenne'</t>
   </si>
   <si>
     <t>8-9 feet</t>
   </si>
   <si>
     <t>May-June; August</t>
   </si>
   <si>
     <t>Pink to white</t>
   </si>
   <si>
     <t>Up to 6500'</t>
   </si>
@@ -2891,65 +2983,62 @@
     <t>August to October</t>
   </si>
   <si>
     <t>Zones 3b-8</t>
   </si>
   <si>
     <t xml:space="preserve">Purple-blue flowered, prostrate form of the popular garden herb. Trim evergreen mounds covered with showy flowers late in the season. Perennial. Xeriscape. Read more &lt;a href="/plantstories/purple-winter-savory-savory-in-any-season/" target="_blank"&gt;here&lt;/a&gt;.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Appreciates well-drained soil. Shear after blooming to improve the overall appearance of the plant.
 </t>
   </si>
   <si>
     <t>http://plantselect.org/satureja-montana-subsp-illyrica</t>
   </si>
   <si>
     <t>RAMBLER™ mountain fleabane</t>
   </si>
   <si>
     <t>Erigeron formosissimus ‘P022S'</t>
   </si>
   <si>
     <t>May-June; June-July</t>
   </si>
   <si>
-    <t>Moderate, dry</t>
-[...1 lines deleted...]
-  <si>
     <t>AZ,CO,MT,NM,SD,WY</t>
   </si>
   <si>
     <t>Trim back foliage in spring and deadhead flowers in the summer.</t>
   </si>
   <si>
     <t>Up to 13,000'</t>
   </si>
   <si>
     <t>&lt;strong&gt;RAMBLER&lt;sup&gt;TM&lt;/sup&gt; mountain fleabane&lt;/strong&gt; looks at home in both formal and naturalistic landscapes. This native, pollinator-friendly wildflower fits well in borders, pollinator gardens and rock gardens. Cheerful, lavender flowers appear in May and June over grassy leaves. It's adaptable, so plant it in sun or partial shade in nearly any soil&amp;mdash;as long as it drains. Drought tolerant once established. &lt;a href="https://plantselect.org/plantstories/rambler/"&gt;Read the plant story &gt;&lt;/a&gt;
 &lt;br&gt;&lt;br&gt;
-RAMBLER&lt;sup&gt;TM&lt;/sup&gt; mountain fleabane is a native selection&amp;mdash;a plant found in the wild that was selected for unique, naturally-occurring traits. Mike Kintgen of Denver Botanic Gardens selected this plant for its abundant flowers, short stature and ability to grow in elevations up to 13,000 feet! 
+RAMBLER&lt;sup&gt;TM&lt;/sup&gt; mountain fleabane is a native selection&amp;mdash;a plant that was selected from the wild for unique, naturally-occurring traits. Mike Kintgen of Denver Botanic Gardens selected this plant for its abundant flowers, short stature and ability to grow in elevations up to 13,000 feet! 
 &lt;br&gt;&lt;br&gt;
 &lt;strong&gt;Pro tips:&lt;/strong&gt;&lt;br&gt;&lt;ul&gt;&lt;li&gt;Prefers well-drained soils.&lt;/li&gt;
 &lt;li&gt;Occasional, deep watering is needed during prolonged drought or extreme heat.&lt;/li&gt; &lt;/ul&gt;</t>
   </si>
   <si>
     <t>http://plantselect.org/erigeron-formosissimus-p022s</t>
   </si>
   <si>
     <t>Red Birds in a Tree</t>
   </si>
   <si>
     <t>Scrophularia macrantha</t>
   </si>
   <si>
     <t>NM</t>
   </si>
   <si>
     <t>Introduced in 1996 by High Country Gardens, this rare penstemon cousin has showy crimson tubular flowers which are produced in generous sprays above rich green serrated foliage. This southwestern uplands wildflower has shown great adaptability in gardens. Perennial. Xeriscape. Read more &lt;a href="/plantstories/a-feast-for-the-eyes-and-the-birds/" target="_blank"&gt;here&lt;/a&gt;.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Cut the stems back to about 4-6" in midspring when new growth is emerging. Mulch them with gravel or coarse mulch to keep the roots cool and to conserve moisture. Deadhead early to increase vigor and preempt seed set.  Avoid wet winter conditions.</t>
   </si>
   <si>
     <t>http://plantselect.org/scrophularia-macrantha</t>
   </si>
@@ -3249,51 +3338,51 @@
   <si>
     <t xml:space="preserve">SARADA'S™ Greek mountain tea     </t>
   </si>
   <si>
     <t>Sideritis syriaca ‘P023S'</t>
   </si>
   <si>
     <t>18 -20 inches</t>
   </si>
   <si>
     <t>June-September</t>
   </si>
   <si>
     <t>Pastel yellow</t>
   </si>
   <si>
     <t>Trim to shape in spring. Deadhead flowers to maintain a longer bloom cycle.</t>
   </si>
   <si>
     <t>Same as annual maintenance</t>
   </si>
   <si>
     <t>up to 6200'</t>
   </si>
   <si>
-    <t>&lt;strong&gt;Sarada's™ Greek mountain tea&lt;/strong&gt; is a striking replacement for traditional lamb's ear plant. This beauty has the soft leaves of lamb's ear, but it stays compact, doesn't run and resists disease. And it's typically both rabbit and deer resistant! 
+    <t>&lt;strong&gt;SARADA'S™ Greek mountain tea&lt;/strong&gt; is a striking replacement for traditional lamb's ear plant. This beauty has the soft leaves of lamb's ear, but it stays compact, doesn't run and resists disease. And it's typically both rabbit and deer resistant! 
 &lt;br&gt;&lt;br&gt;
 This low-water perennial has soft, silver-gray foliage with a light yellow flower. Flowers and foliage radiate out from a central point creating a very pleasing form. With its light foliage and flowers, it pairs beautifully with a variety of other flower plants, particularly those with pink, purple and magenta blooms.</t>
   </si>
   <si>
     <t>http://plantselect.org/sideritis-syriaca-p023s</t>
   </si>
   <si>
     <t>Scott's sugarbowls</t>
   </si>
   <si>
     <t>Clematis hirsutissima var. scottii</t>
   </si>
   <si>
     <t>15 inches</t>
   </si>
   <si>
     <t>CO,NE,NM,OK,SD,UT,WY</t>
   </si>
   <si>
     <t xml:space="preserve">Follow annual maintenance. Very long lived plant if sited properly. </t>
   </si>
   <si>
     <t xml:space="preserve">Long-blooming Scott's sugarbowls make a mound of blue-green, lacy foliage, topped in late spring and early summer by large, nodding blue flowers. Bees and bumblebees frequent the bell-shaped blossoms. Shimmering golden seed heads follow suit. 
 &lt;/br&gt;
 &lt;/br&gt;
@@ -3451,63 +3540,87 @@
 &lt;/br&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; Don't cut back all the way in the spring like other butterfly bushes.  Prune for shape and size and needed. Intolerant of excessive soil moisture. Will reseed but seedlings are easy to pull.</t>
   </si>
   <si>
     <t>http://plantselect.org/buddleja-alternifolia-argentea</t>
   </si>
   <si>
     <t>Silver sage</t>
   </si>
   <si>
     <t>Salvia argentea</t>
   </si>
   <si>
     <t>Zones 4a-10</t>
   </si>
   <si>
     <t xml:space="preserve">&lt;strong&gt;Silver sage&lt;/strong&gt; is an exceptional foliage plant that adds lovely contrast to western landscapes. It has fuzzy, elephant ear leaves covered with long, silky hairs. The white flowers are produced on candelabra-like stems in early summer. This is a dramatic accent plant for the water-smart garden or perennial border, originating in the eastern Mediterranean region. Shorter-lived perennial. Xeriscape.
 &lt;/br&gt;
 &lt;/br&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; Deadhead entire stalks of spent flowers to promote the silvery, fuzzy foliage and to prevent reseeding.  </t>
   </si>
   <si>
     <t>http://plantselect.org/salvia-argentea</t>
   </si>
   <si>
+    <t>Silver Shield French sorrel</t>
+  </si>
+  <si>
+    <t>Rumex scutatus 'Silver Shield'</t>
+  </si>
+  <si>
+    <t>Herbaceous perennial</t>
+  </si>
+  <si>
+    <t>Light pink (Inconspicuous)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zones 5b-9 </t>
+  </si>
+  <si>
+    <t>Trim back any time to shape. Cut back annually in the spring.</t>
+  </si>
+  <si>
+    <t>Up to 7200 feet</t>
+  </si>
+  <si>
+    <t>This striking perennial herb forms a rounded mound of silvery, shield-shaped leaves that brighten dry, shady spots, as well as sunny areas.&lt;br&gt;&lt;br&gt;Easy to grow and drought-tolerant, &lt;strong&gt;Silver Shield French sorrel&lt;/strong&gt; adapts to most soils&amp;mdash;though, it will grow best in loam. It performs well from sun to part shade. Use it as an accent, groundcover, or in containers. It has edible, tangy leaves with a citrus flavor.&lt;br&gt;&lt;br&gt;&lt;strong&gt;Pro tip:&lt;/strong&gt; Trim it back at any time during the growing season to shape it how you desire.</t>
+  </si>
+  <si>
+    <t>http://plantselect.org/rumex-scutatus-silver-shield</t>
+  </si>
+  <si>
     <t>SILVER TOTEM® buffaloberry</t>
   </si>
   <si>
     <t xml:space="preserve">Shepherdia argentea 'Totem' </t>
   </si>
   <si>
     <t>shrub/small tree</t>
   </si>
   <si>
     <t>3 feet</t>
-  </si>
-[...1 lines deleted...]
-    <t>Moderate, dry, xeric</t>
   </si>
   <si>
     <t>AZ,CA,CO,ID,KS,MI,MN,MT,ND,NE,NM,NY,OR,SD,UT,WY</t>
   </si>
   <si>
     <t>Up to 7000 ft</t>
   </si>
   <si>
     <t>SILVER TOTEM® buffaloberry has an upright, columnar growth habit, making it idea for many uses from accents, to hedges, to colonnades lining walkways, or separating the "rooms" of your garden. Small clusters of tiny yellow flowers appear in early spring before the narrow, silvery leaves emerge. It is ideal for sunny, dry locations. It will tolerate heat and drought, but it does equally well in moist conditions. &lt;br&gt;&lt;br&gt;&lt;a href="https://plantselect.org/plantstories/silver-totem-buffaloberry/"&gt;Read the story about this buffaloberry here.&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://plantselect.org/shepherdia-argentea-totem</t>
   </si>
   <si>
     <t>Silverheels horehound</t>
   </si>
   <si>
     <t>Marrubium rotundifolium</t>
   </si>
   <si>
     <t>4 inches</t>
   </si>
   <si>
     <t>Trim out dead foliage in the spring. Dead head in the summer if desired.</t>
   </si>
@@ -3822,51 +3935,51 @@
   <si>
     <t>http://plantselect.org/penstemon-pinifolius-p019s</t>
   </si>
   <si>
     <t>SUCKER PUNCH® chokecherry</t>
   </si>
   <si>
     <t>Prunus ‘P002S' PP25,767</t>
   </si>
   <si>
     <t>20 - 25 feet</t>
   </si>
   <si>
     <t>15 - 20 feet</t>
   </si>
   <si>
     <t xml:space="preserve">Zones 3 -8 </t>
   </si>
   <si>
     <t>AK,AR,AZ,CA,CO,CT,DE,GA,HI,IA,ID,IL,IN,KS,KY,MA,MD,ME,MI,MN,MO,MT,NC,ND,NE,NH,NJ,NM,NV,NY,OH,OK,OR,PA,RI,SD,TN,TX,UT,VA,VT,WA,WI,WV,WY</t>
   </si>
   <si>
     <t>Good growth habit and tends not to exhibit many crossing branches requiring less pruning maintenance. If pruning is required, use ISA practices for pruning as plant matures.</t>
   </si>
   <si>
-    <t>&lt;strong&gt;SUCKER PUNCH® chokecherry&lt;/strong&gt; is an improved, red leaf chokecherry hybrid that does not sucker. This drought-tolerant, medium-sized tree is adorned with beautiful, dark, reddish-purple foliage. The leaves emerge green in spring and gradually change to purple. In the spring, there are abundant, small white, fragrant blooms. Small fruits emerge and ripen to deep purple in late July. They can be used for making jams and jellies or left on the tree to provide a favorite food for songbirds. The songbirds will happily clean the berries from the tree in late summer.&lt;br&gt;&lt;br&gt;&lt;i&gt;Please note, plants serve different purposes in a landscape. If you want a chokecherry that hosts multiple caterpillar species and has maximum pollinator benefits, choose the wild species chokecherry, &lt;strong&gt;Prunus virginiana.&lt;/strong&gt; While the wild species is not a Plant Select® plant, we recognize its pollinator value.&lt;/i&gt;</t>
+    <t>&lt;strong&gt;SUCKER PUNCH® chokecherry&lt;/strong&gt; is a red leaf chokecherry hybrid that does not sucker. This drought-tolerant, medium-sized tree is adorned with beautiful, dark, reddish-purple foliage. The leaves emerge green in spring and gradually change to purple.&lt;br&gt;&lt;br&gt;In the spring, there are abundant, small white, fragrant blooms. Small fruits emerge and ripen to deep purple in late July. They can be used for making jams and jellies or left on the tree to provide a favorite food for songbirds. The songbirds will happily clean the berries from the tree in late summer.&lt;br&gt;&lt;br&gt;&lt;i&gt;Please note, plants serve different purposes in landscapes. If you want a chokecherry that is a larval host plant for butterflies, choose the wild species chokecherry, &lt;strong&gt;Prunus virginiana.&lt;/strong&gt; While the wild species is not a Plant Select® plant, we recognize its pollinator value.&lt;/i&gt;</t>
   </si>
   <si>
     <t>http://plantselect.org/prunus-p002s-pp25-767</t>
   </si>
   <si>
     <t>Sungari redbead cotoneaster</t>
   </si>
   <si>
     <t>Cotoneaster racemiflorus var. soongoricus</t>
   </si>
   <si>
     <t>Remove a few larger canes to base every 3-5 years to maintain healthy fresh growth habit. Leave it alone or shear in spring to shape into a hedge.</t>
   </si>
   <si>
     <t>A gracefully arching larger shrub with dark green leaves above and gray-white beneath.  Abundant red fruit in early fall. From the Cheyenne High Plans Horticulture Research Station, where it has survived for 40+ years receiving only natural precipitation. Thought to be one of the hardiest of all the cotoneasters, this shrub is resistant to most pests and diseases. Xeriscape.</t>
   </si>
   <si>
     <t>http://plantselect.org/cotoneaster-racemiflorus-var-soongoricus</t>
   </si>
   <si>
     <t>SUNSET® foxglove</t>
   </si>
   <si>
     <t>Digitalis obscura 'Sunset'</t>
   </si>
@@ -4115,50 +4228,85 @@
   <si>
     <t>http://plantselect.org/muhlenbergia-reverchonii-pund01s</t>
   </si>
   <si>
     <t>UNDAUNTED® alpine plume grass</t>
   </si>
   <si>
     <t>Achnatherum calamagrostis ‘PUND02S'</t>
   </si>
   <si>
     <t>18- 24 inches</t>
   </si>
   <si>
     <t>2 -3 feet</t>
   </si>
   <si>
     <t>Silver plumes</t>
   </si>
   <si>
     <t xml:space="preserve">&lt;strong&gt;UNDAUNTED® alpine plume grass&lt;/strong&gt; is a spectacular, long-lived grass from high mountain meadows in central and southern Europe. A mature plant makes a dramatic specimen, with several dozen flower heads waving above a graceful fountain of fresh green foliage. The flowers persist from summer until the following spring. Unlike many other ornamental grasses, the foliage doesn't die out in the clump's center over time. &lt;br&gt;&lt;br&gt;&lt;strong&gt;Tips from the pros:&lt;/strong&gt; In the early spring, cut the entire plant back to make room for the new season's growth. </t>
   </si>
   <si>
     <t>http://plantselect.org/achnatherum-calamagrostis-pund02s</t>
   </si>
   <si>
+    <t>UNFORGETTABLE™ hummingbird trumpet</t>
+  </si>
+  <si>
+    <t>Epilobium x canum ‘PUND03S'</t>
+  </si>
+  <si>
+    <t>24 inches</t>
+  </si>
+  <si>
+    <t>August to frost</t>
+  </si>
+  <si>
+    <t>Scarlet</t>
+  </si>
+  <si>
+    <t>AZ,CA,ID,NM,NV,OR,UT,WY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cut back annually in the spring. </t>
+  </si>
+  <si>
+    <t>2500-6000 feet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">&lt;strong&gt;UNFORGETTABLE™ hummingbird trumpet&lt;/strong&gt; is a gorgeous season extender.
+This perennial has intense scarlet flowers that will light up your perennial border or waterwise garden all autumn. 
+&lt;br&gt;&lt;br&gt;
+Hummingbird trumpet is native to much of the western United States. Plantswoman Lauren Springer made this selection for its late season interest, profuse flowering, upright form and an exceptional ability to attract hummingbirds!
+&lt;br&gt;&lt;br&gt;
+UNFORGETTABLE™ has a different look than our &lt;a href="https://plantselect.org/plant/epilobium-canum-subsp-garrettii-pwwg01s/"&gt;ORANGE CARPET® hummingbird trumpet&lt;/a&gt;. It has a full, tidy and upright form, growing up to two feet tall. The foliage is narrower and more symmetrical, and it has lengthy flowers. It fills a different niche in garden design. </t>
+  </si>
+  <si>
+    <t>http://plantselect.org/epilobium-x-canum-pund03s</t>
+  </si>
+  <si>
     <t>VALLEY LAVENDER™ plains verbena</t>
   </si>
   <si>
     <t>Verbena bipinnatifida</t>
   </si>
   <si>
     <t>AL,AZ,CA,CO,GA,IN,KS,KY,LA,MD,MO,MS,NE,NM,OK,TN,TX,WI,WY</t>
   </si>
   <si>
     <t>Trim back in spring.</t>
   </si>
   <si>
     <t xml:space="preserve">Vibrant lavender flower clusters are held erect above spreading stems with deeply cut leaves.  This beautiful groundcover blooms from late spring through frost.  A durable Great Plains perennial that is attractive to butterflies. Read more &lt;a href="/plantstories/valley-lavender-plains-verbena-gem-of-the-prairie/" target="_blank"&gt;here&lt;/a&gt;.
 &lt;/br&gt;
 &lt;/br&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; Prefers well-drained, native soil. For best appearance, be sure to give it plenty of sun and avoid excessive watering. </t>
   </si>
   <si>
     <t>http://plantselect.org/verbena-bipinnatifida</t>
   </si>
   <si>
     <t>VERMILION BLUFFS® Mexican sage</t>
   </si>
   <si>
     <t>Salvia darcyi 'Pscarl'</t>
@@ -4195,53 +4343,50 @@
     <t>http://plantselect.org/penstemon-caespitosus-p022s</t>
   </si>
   <si>
     <t>Waxflower</t>
   </si>
   <si>
     <t>Jamesia americana</t>
   </si>
   <si>
     <t>AZ,CA,CO,NM,NV,WY</t>
   </si>
   <si>
     <t xml:space="preserve">Intensely fragrant and showy clusters of waxy, white flowers appear in late spring on this shrub, with the added interest of flaking, reddish-brown bark.  Heavy-textured, green foliage transforms to brilliant orange and pink tones in the autumn. This western native shrub adds winter interest with its silvery silhouette. An excellent choice for dry conditions. Xeriscape.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Prefers part to dappled shade in hot, lower elevation landscapes. Best to protect from afternoon sun. Plant at the base of a large rock or boulder to shade/cool roots. Position so the beautiful bark can be enjoyed in winter.    </t>
   </si>
   <si>
     <t>http://plantselect.org/jamesia-americana</t>
   </si>
   <si>
     <t>Wee One dwarf English lavender</t>
   </si>
   <si>
     <t>Lavandula angustifolia ‘Wee One'</t>
-  </si>
-[...1 lines deleted...]
-    <t>12-15 inches</t>
   </si>
   <si>
     <t xml:space="preserve">Hand trim or shear back dead stems in spring. </t>
   </si>
   <si>
     <t>Wee One is a wonderful, dwarf English lavender. It has compact heads of lavender-blue flowers and dark blue calyxes. This tight-growing, little beauty is great for small spaces. In flower, the mature plant is only about 10" in height. Slow growing and very xeric, 'Wee One' has excellent heat tolerance and cold hardiness. Depending on garden conditions, it will reach its mature size in two or the three growing seasons. Xeriscape.</t>
   </si>
   <si>
     <t>http://plantselect.org/lavandula-angustifolia-wee-one</t>
   </si>
   <si>
     <t>Weeping white spruce</t>
   </si>
   <si>
     <t>Picea glauca 'Pendula'</t>
   </si>
   <si>
     <t>20-24 feet</t>
   </si>
   <si>
     <t>MT,SD</t>
   </si>
   <si>
     <t>No maintenance. Stake to establish; remove stakes after 2 years and let it grow.</t>
   </si>
@@ -4784,51 +4929,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:V177"/>
+  <dimension ref="A1:V182"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="V1" sqref="V1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50.559082" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="62.41333" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="44.703369" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.129639" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="38.847656" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="166.245117" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="278.360596" bestFit="true" customWidth="true" style="0"/>
@@ -8363,8529 +8508,8869 @@
       </c>
       <c r="S52" s="0" t="s">
         <v>110</v>
       </c>
       <c r="T52" s="0" t="s">
         <v>65</v>
       </c>
       <c r="U52" s="0" t="s">
         <v>488</v>
       </c>
       <c r="V52" s="0" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="53" spans="1:22">
       <c r="A53" s="0" t="s">
         <v>490</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>491</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>492</v>
       </c>
       <c r="D53" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="E53" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="F53" s="0" t="s">
+        <v>268</v>
+      </c>
+      <c r="G53" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="H53" s="0" t="s">
         <v>493</v>
       </c>
-      <c r="E53" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F53" s="0" t="s">
+      <c r="I53" s="0" t="s">
         <v>494</v>
       </c>
-      <c r="G53" s="0" t="s">
+      <c r="J53" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="K53" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="L53" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="M53" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="N53" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="O53" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="P53" s="0" t="s">
         <v>495</v>
       </c>
-      <c r="H53" s="0" t="s">
-[...2 lines deleted...]
-      <c r="I53" s="0" t="s">
+      <c r="Q53" s="0">
+        <v>2026</v>
+      </c>
+      <c r="R53" s="0" t="s">
         <v>496</v>
       </c>
-      <c r="J53" s="0" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="S53" s="0" t="s">
-        <v>419</v>
+        <v>497</v>
       </c>
       <c r="T53" s="0" t="s">
-        <v>131</v>
+        <v>498</v>
       </c>
       <c r="U53" s="0" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="V53" s="0" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
     </row>
     <row r="54" spans="1:22">
       <c r="A54" s="0" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>57</v>
+        <v>503</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>84</v>
+        <v>504</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>84</v>
+        <v>58</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>177</v>
+        <v>506</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="0" t="s">
-        <v>96</v>
+        <v>507</v>
       </c>
       <c r="J54" s="0" t="s">
-        <v>502</v>
+        <v>31</v>
       </c>
       <c r="K54" s="0" t="s">
-        <v>49</v>
+        <v>204</v>
       </c>
       <c r="L54" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M54" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N54" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O54" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P54" s="0" t="s">
-        <v>88</v>
+        <v>35</v>
       </c>
       <c r="Q54" s="0">
-        <v>2005</v>
+        <v>2022</v>
       </c>
       <c r="R54" s="0" t="s">
-        <v>98</v>
+        <v>418</v>
       </c>
       <c r="S54" s="0" t="s">
-        <v>99</v>
+        <v>419</v>
       </c>
       <c r="T54" s="0" t="s">
-        <v>38</v>
+        <v>131</v>
       </c>
       <c r="U54" s="0" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="V54" s="0" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
     </row>
     <row r="55" spans="1:22">
       <c r="A55" s="0" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>136</v>
+        <v>57</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>507</v>
+        <v>84</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>508</v>
+        <v>84</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>510</v>
+        <v>177</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I55" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J55" s="0" t="s">
-        <v>249</v>
+        <v>513</v>
       </c>
       <c r="K55" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L55" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M55" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="N55" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O55" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P55" s="0" t="s">
-        <v>511</v>
+        <v>88</v>
       </c>
       <c r="Q55" s="0">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="R55" s="0" t="s">
-        <v>512</v>
+        <v>98</v>
       </c>
       <c r="S55" s="0" t="s">
-        <v>513</v>
+        <v>99</v>
       </c>
       <c r="T55" s="0" t="s">
-        <v>79</v>
+        <v>38</v>
       </c>
       <c r="U55" s="0" t="s">
         <v>514</v>
       </c>
       <c r="V55" s="0" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="56" spans="1:22">
       <c r="A56" s="0" t="s">
         <v>516</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>517</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>24</v>
+        <v>136</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>518</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>519</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>176</v>
+        <v>520</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>107</v>
+        <v>521</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="I56" s="0" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="J56" s="0" t="s">
-        <v>75</v>
+        <v>249</v>
       </c>
       <c r="K56" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L56" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M56" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N56" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O56" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P56" s="0" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="Q56" s="0">
-        <v>2014</v>
+        <v>2006</v>
       </c>
       <c r="R56" s="0" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="S56" s="0" t="s">
-        <v>99</v>
+        <v>524</v>
       </c>
       <c r="T56" s="0" t="s">
-        <v>38</v>
+        <v>79</v>
       </c>
       <c r="U56" s="0" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="V56" s="0" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
     </row>
     <row r="57" spans="1:22">
       <c r="A57" s="0" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>526</v>
+        <v>24</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>105</v>
+        <v>529</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>342</v>
+        <v>530</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>268</v>
+        <v>176</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>107</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="I57" s="0" t="s">
-        <v>96</v>
+        <v>74</v>
       </c>
       <c r="J57" s="0" t="s">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="K57" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L57" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="M57" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N57" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O57" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P57" s="0" t="s">
-        <v>35</v>
+        <v>531</v>
       </c>
       <c r="Q57" s="0">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="R57" s="0" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="S57" s="0" t="s">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="T57" s="0" t="s">
-        <v>206</v>
+        <v>38</v>
       </c>
       <c r="U57" s="0" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="V57" s="0" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
     </row>
     <row r="58" spans="1:22">
       <c r="A58" s="0" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>57</v>
+        <v>537</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>518</v>
+        <v>105</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>532</v>
+        <v>342</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>95</v>
+        <v>268</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>107</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J58" s="0" t="s">
-        <v>97</v>
+        <v>61</v>
       </c>
       <c r="K58" s="0" t="s">
-        <v>533</v>
+        <v>49</v>
       </c>
       <c r="L58" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="M58" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="N58" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O58" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P58" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q58" s="0">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="R58" s="0" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="S58" s="0" t="s">
-        <v>110</v>
+        <v>78</v>
       </c>
       <c r="T58" s="0" t="s">
-        <v>52</v>
+        <v>206</v>
       </c>
       <c r="U58" s="0" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="V58" s="0" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
     </row>
     <row r="59" spans="1:22">
       <c r="A59" s="0" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>364</v>
+        <v>57</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>25</v>
+        <v>529</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>27</v>
+        <v>95</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>107</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="I59" s="0" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="J59" s="0" t="s">
-        <v>249</v>
+        <v>97</v>
       </c>
       <c r="K59" s="0" t="s">
-        <v>62</v>
+        <v>544</v>
       </c>
       <c r="L59" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M59" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N59" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O59" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P59" s="0" t="s">
-        <v>540</v>
+        <v>35</v>
       </c>
       <c r="Q59" s="0">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="R59" s="0" t="s">
-        <v>402</v>
+        <v>545</v>
       </c>
       <c r="S59" s="0" t="s">
-        <v>403</v>
+        <v>110</v>
       </c>
       <c r="T59" s="0" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="U59" s="0" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="V59" s="0" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
     </row>
     <row r="60" spans="1:22">
       <c r="A60" s="0" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>57</v>
+        <v>364</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>149</v>
+        <v>25</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>298</v>
+        <v>550</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>275</v>
+        <v>27</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>86</v>
+        <v>107</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="I60" s="0" t="s">
-        <v>30</v>
+        <v>74</v>
       </c>
       <c r="J60" s="0" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="K60" s="0" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="L60" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M60" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N60" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O60" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P60" s="0" t="s">
-        <v>250</v>
+        <v>551</v>
       </c>
       <c r="Q60" s="0">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="R60" s="0" t="s">
-        <v>98</v>
+        <v>402</v>
       </c>
       <c r="S60" s="0" t="s">
-        <v>395</v>
+        <v>403</v>
       </c>
       <c r="T60" s="0" t="s">
         <v>65</v>
       </c>
       <c r="U60" s="0" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
       <c r="V60" s="0" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
     </row>
     <row r="61" spans="1:22">
       <c r="A61" s="0" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>549</v>
+        <v>149</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>70</v>
+        <v>298</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>550</v>
+        <v>275</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>308</v>
+        <v>86</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="I61" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J61" s="0" t="s">
-        <v>249</v>
+        <v>239</v>
       </c>
       <c r="K61" s="0" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="L61" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="M61" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N61" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O61" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P61" s="0" t="s">
-        <v>35</v>
+        <v>250</v>
       </c>
       <c r="Q61" s="0">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="R61" s="0" t="s">
-        <v>36</v>
+        <v>98</v>
       </c>
       <c r="S61" s="0" t="s">
-        <v>37</v>
+        <v>395</v>
       </c>
       <c r="T61" s="0" t="s">
-        <v>38</v>
+        <v>65</v>
       </c>
       <c r="U61" s="0" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="V61" s="0" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
     </row>
     <row r="62" spans="1:22">
       <c r="A62" s="0" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>25</v>
+        <v>560</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>556</v>
+        <v>308</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="I62" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J62" s="0" t="s">
         <v>249</v>
       </c>
       <c r="K62" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L62" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M62" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N62" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O62" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P62" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q62" s="0">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="R62" s="0" t="s">
         <v>36</v>
       </c>
       <c r="S62" s="0" t="s">
         <v>37</v>
       </c>
       <c r="T62" s="0" t="s">
-        <v>79</v>
+        <v>38</v>
       </c>
       <c r="U62" s="0" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="V62" s="0" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="63" spans="1:22">
       <c r="A63" s="0" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>562</v>
+        <v>25</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>564</v>
+        <v>432</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>564</v>
+        <v>46</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>47</v>
+        <v>493</v>
       </c>
       <c r="I63" s="0" t="s">
-        <v>565</v>
+        <v>494</v>
       </c>
       <c r="J63" s="0" t="s">
-        <v>97</v>
+        <v>75</v>
       </c>
       <c r="K63" s="0" t="s">
         <v>127</v>
       </c>
       <c r="L63" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="M63" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="N63" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O63" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P63" s="0" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="Q63" s="0">
-        <v>2022</v>
+        <v>2026</v>
       </c>
       <c r="R63" s="0" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="S63" s="0" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="T63" s="0" t="s">
-        <v>52</v>
+        <v>571</v>
       </c>
       <c r="U63" s="0" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="V63" s="0" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
     </row>
     <row r="64" spans="1:22">
       <c r="A64" s="0" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>518</v>
+        <v>25</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>416</v>
+        <v>70</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>177</v>
+        <v>577</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="0" t="s">
-        <v>565</v>
+        <v>30</v>
       </c>
       <c r="J64" s="0" t="s">
-        <v>97</v>
+        <v>249</v>
       </c>
       <c r="K64" s="0" t="s">
-        <v>324</v>
+        <v>62</v>
       </c>
       <c r="L64" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="M64" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N64" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O64" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P64" s="0" t="s">
-        <v>574</v>
+        <v>35</v>
       </c>
       <c r="Q64" s="0">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="R64" s="0" t="s">
-        <v>575</v>
+        <v>36</v>
       </c>
       <c r="S64" s="0" t="s">
-        <v>419</v>
+        <v>37</v>
       </c>
       <c r="T64" s="0" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="U64" s="0" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="V64" s="0" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="65" spans="1:22">
       <c r="A65" s="0" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>57</v>
+        <v>582</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>70</v>
+        <v>583</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>84</v>
+        <v>584</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>374</v>
+        <v>585</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>221</v>
+        <v>585</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="I65" s="0" t="s">
-        <v>30</v>
+        <v>586</v>
       </c>
       <c r="J65" s="0" t="s">
-        <v>48</v>
+        <v>97</v>
       </c>
       <c r="K65" s="0" t="s">
-        <v>49</v>
+        <v>127</v>
       </c>
       <c r="L65" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="M65" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N65" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O65" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P65" s="0" t="s">
-        <v>35</v>
+        <v>587</v>
       </c>
       <c r="Q65" s="0">
-        <v>2004</v>
+        <v>2022</v>
       </c>
       <c r="R65" s="0" t="s">
-        <v>580</v>
+        <v>588</v>
       </c>
       <c r="S65" s="0" t="s">
-        <v>110</v>
+        <v>589</v>
       </c>
       <c r="T65" s="0" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="U65" s="0" t="s">
-        <v>581</v>
+        <v>590</v>
       </c>
       <c r="V65" s="0" t="s">
-        <v>582</v>
+        <v>591</v>
       </c>
     </row>
     <row r="66" spans="1:22">
       <c r="A66" s="0" t="s">
-        <v>583</v>
+        <v>592</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>584</v>
+        <v>593</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>265</v>
+        <v>57</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>585</v>
+        <v>529</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>585</v>
+        <v>416</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>176</v>
+        <v>594</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>586</v>
+        <v>177</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I66" s="0" t="s">
-        <v>30</v>
+        <v>586</v>
       </c>
       <c r="J66" s="0" t="s">
-        <v>359</v>
+        <v>97</v>
       </c>
       <c r="K66" s="0" t="s">
-        <v>49</v>
+        <v>324</v>
       </c>
       <c r="L66" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="M66" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N66" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O66" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P66" s="0" t="s">
-        <v>35</v>
+        <v>595</v>
       </c>
       <c r="Q66" s="0">
-        <v>2007</v>
+        <v>2022</v>
       </c>
       <c r="R66" s="0" t="s">
-        <v>587</v>
+        <v>596</v>
       </c>
       <c r="S66" s="0" t="s">
-        <v>588</v>
+        <v>419</v>
       </c>
       <c r="T66" s="0" t="s">
-        <v>589</v>
+        <v>52</v>
       </c>
       <c r="U66" s="0" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="V66" s="0" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
     </row>
     <row r="67" spans="1:22">
       <c r="A67" s="0" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>283</v>
+        <v>70</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>401</v>
+        <v>84</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>594</v>
+        <v>374</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>177</v>
+        <v>221</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>595</v>
+        <v>29</v>
       </c>
       <c r="I67" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J67" s="0" t="s">
-        <v>596</v>
+        <v>48</v>
       </c>
       <c r="K67" s="0" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="L67" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M67" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N67" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O67" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P67" s="0" t="s">
-        <v>597</v>
+        <v>35</v>
       </c>
       <c r="Q67" s="0">
-        <v>2014</v>
+        <v>2004</v>
       </c>
       <c r="R67" s="0" t="s">
-        <v>98</v>
+        <v>601</v>
       </c>
       <c r="S67" s="0" t="s">
-        <v>598</v>
+        <v>110</v>
       </c>
       <c r="T67" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U67" s="0" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="V67" s="0" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
     </row>
     <row r="68" spans="1:22">
       <c r="A68" s="0" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>526</v>
+        <v>265</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>59</v>
+        <v>606</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>604</v>
+        <v>176</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I68" s="0" t="s">
-        <v>606</v>
+        <v>30</v>
       </c>
       <c r="J68" s="0" t="s">
-        <v>61</v>
+        <v>359</v>
       </c>
       <c r="K68" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L68" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M68" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N68" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O68" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P68" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q68" s="0">
-        <v>2020</v>
+        <v>2007</v>
       </c>
       <c r="R68" s="0" t="s">
-        <v>527</v>
+        <v>608</v>
       </c>
       <c r="S68" s="0" t="s">
-        <v>78</v>
+        <v>609</v>
       </c>
       <c r="T68" s="0" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="U68" s="0" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="V68" s="0" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
     </row>
     <row r="69" spans="1:22">
       <c r="A69" s="0" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>84</v>
+        <v>401</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>392</v>
+        <v>615</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>107</v>
+        <v>177</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>29</v>
+        <v>616</v>
       </c>
       <c r="I69" s="0" t="s">
-        <v>96</v>
+        <v>30</v>
       </c>
       <c r="J69" s="0" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="K69" s="0" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="L69" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M69" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N69" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O69" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P69" s="0" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="Q69" s="0">
-        <v>2007</v>
+        <v>2014</v>
       </c>
       <c r="R69" s="0" t="s">
-        <v>614</v>
+        <v>98</v>
       </c>
       <c r="S69" s="0" t="s">
-        <v>403</v>
+        <v>619</v>
       </c>
       <c r="T69" s="0" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="U69" s="0" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="V69" s="0" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
     </row>
     <row r="70" spans="1:22">
       <c r="A70" s="0" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>619</v>
+        <v>537</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>621</v>
+        <v>59</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>107</v>
+        <v>626</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I70" s="0" t="s">
-        <v>30</v>
+        <v>627</v>
       </c>
       <c r="J70" s="0" t="s">
-        <v>75</v>
+        <v>61</v>
       </c>
       <c r="K70" s="0" t="s">
-        <v>204</v>
+        <v>49</v>
       </c>
       <c r="L70" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="M70" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N70" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O70" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P70" s="0" t="s">
-        <v>623</v>
+        <v>35</v>
       </c>
       <c r="Q70" s="0">
-        <v>2006</v>
+        <v>2020</v>
       </c>
       <c r="R70" s="0" t="s">
-        <v>624</v>
+        <v>538</v>
       </c>
       <c r="S70" s="0" t="s">
-        <v>625</v>
+        <v>78</v>
       </c>
       <c r="T70" s="0" t="s">
-        <v>52</v>
+        <v>628</v>
       </c>
       <c r="U70" s="0" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="V70" s="0" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
     </row>
     <row r="71" spans="1:22">
       <c r="A71" s="0" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>136</v>
+        <v>24</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>630</v>
+        <v>274</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>122</v>
+        <v>84</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>631</v>
+        <v>392</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>632</v>
+        <v>107</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="0" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="J71" s="0" t="s">
         <v>633</v>
       </c>
       <c r="K71" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L71" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M71" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="N71" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O71" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P71" s="0" t="s">
-        <v>35</v>
+        <v>634</v>
       </c>
       <c r="Q71" s="0">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="R71" s="0" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="S71" s="0" t="s">
-        <v>142</v>
+        <v>403</v>
       </c>
       <c r="T71" s="0" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="U71" s="0" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="V71" s="0" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
     </row>
     <row r="72" spans="1:22">
       <c r="A72" s="0" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>57</v>
+        <v>640</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>84</v>
+        <v>642</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>323</v>
+        <v>107</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J72" s="0" t="s">
-        <v>641</v>
+        <v>75</v>
       </c>
       <c r="K72" s="0" t="s">
-        <v>62</v>
+        <v>204</v>
       </c>
       <c r="L72" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M72" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N72" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O72" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P72" s="0" t="s">
-        <v>35</v>
+        <v>644</v>
       </c>
       <c r="Q72" s="0">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="R72" s="0" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="S72" s="0" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="T72" s="0" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="U72" s="0" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="V72" s="0" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
     </row>
     <row r="73" spans="1:22">
       <c r="A73" s="0" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>24</v>
+        <v>136</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>25</v>
+        <v>651</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>211</v>
+        <v>122</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>220</v>
+        <v>652</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>221</v>
+        <v>653</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I73" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J73" s="0" t="s">
-        <v>633</v>
+        <v>654</v>
       </c>
       <c r="K73" s="0" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="L73" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M73" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N73" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O73" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P73" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q73" s="0">
         <v>2009</v>
       </c>
       <c r="R73" s="0" t="s">
-        <v>36</v>
+        <v>655</v>
       </c>
       <c r="S73" s="0" t="s">
-        <v>37</v>
+        <v>142</v>
       </c>
       <c r="T73" s="0" t="s">
-        <v>38</v>
+        <v>79</v>
       </c>
       <c r="U73" s="0" t="s">
-        <v>648</v>
+        <v>656</v>
       </c>
       <c r="V73" s="0" t="s">
-        <v>649</v>
+        <v>657</v>
       </c>
     </row>
     <row r="74" spans="1:22">
       <c r="A74" s="0" t="s">
-        <v>650</v>
+        <v>658</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>651</v>
+        <v>659</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>93</v>
+        <v>660</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>274</v>
+        <v>84</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>95</v>
+        <v>661</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>221</v>
+        <v>323</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I74" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J74" s="0" t="s">
-        <v>48</v>
+        <v>662</v>
       </c>
       <c r="K74" s="0" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="L74" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="M74" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N74" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O74" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P74" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q74" s="0">
-        <v>1998</v>
+        <v>2003</v>
       </c>
       <c r="R74" s="0" t="s">
-        <v>98</v>
+        <v>663</v>
       </c>
       <c r="S74" s="0" t="s">
-        <v>99</v>
+        <v>664</v>
       </c>
       <c r="T74" s="0" t="s">
         <v>65</v>
       </c>
       <c r="U74" s="0" t="s">
-        <v>652</v>
+        <v>665</v>
       </c>
       <c r="V74" s="0" t="s">
-        <v>653</v>
+        <v>666</v>
       </c>
     </row>
     <row r="75" spans="1:22">
       <c r="A75" s="0" t="s">
+        <v>667</v>
+      </c>
+      <c r="B75" s="0" t="s">
+        <v>668</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D75" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="E75" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="F75" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="G75" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="H75" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="I75" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="J75" s="0" t="s">
         <v>654</v>
       </c>
-      <c r="B75" s="0" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="K75" s="0" t="s">
-        <v>127</v>
+        <v>32</v>
       </c>
       <c r="L75" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M75" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="N75" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O75" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P75" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q75" s="0">
-        <v>2020</v>
+        <v>2009</v>
       </c>
       <c r="R75" s="0" t="s">
-        <v>657</v>
+        <v>36</v>
       </c>
       <c r="S75" s="0" t="s">
-        <v>658</v>
+        <v>37</v>
       </c>
       <c r="T75" s="0" t="s">
-        <v>659</v>
+        <v>38</v>
       </c>
       <c r="U75" s="0" t="s">
-        <v>660</v>
+        <v>669</v>
       </c>
       <c r="V75" s="0" t="s">
-        <v>661</v>
+        <v>670</v>
       </c>
     </row>
     <row r="76" spans="1:22">
       <c r="A76" s="0" t="s">
-        <v>662</v>
+        <v>671</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>663</v>
+        <v>672</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>59</v>
+        <v>93</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>298</v>
+        <v>274</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>455</v>
+        <v>95</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>107</v>
+        <v>221</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>664</v>
+        <v>29</v>
       </c>
       <c r="I76" s="0" t="s">
-        <v>665</v>
+        <v>30</v>
       </c>
       <c r="J76" s="0" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="K76" s="0" t="s">
-        <v>127</v>
+        <v>49</v>
       </c>
       <c r="L76" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="M76" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N76" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O76" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P76" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q76" s="0">
-        <v>2024</v>
+        <v>1998</v>
       </c>
       <c r="R76" s="0" t="s">
-        <v>666</v>
+        <v>98</v>
       </c>
       <c r="S76" s="0" t="s">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="T76" s="0" t="s">
-        <v>667</v>
+        <v>65</v>
       </c>
       <c r="U76" s="0" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="V76" s="0" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
     </row>
     <row r="77" spans="1:22">
       <c r="A77" s="0" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>57</v>
+        <v>537</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>93</v>
+        <v>105</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>212</v>
+        <v>149</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>672</v>
+        <v>35</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>86</v>
+        <v>677</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="I77" s="0" t="s">
-        <v>96</v>
+        <v>507</v>
       </c>
       <c r="J77" s="0" t="s">
-        <v>633</v>
+        <v>75</v>
       </c>
       <c r="K77" s="0" t="s">
-        <v>49</v>
+        <v>127</v>
       </c>
       <c r="L77" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M77" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N77" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O77" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P77" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q77" s="0">
-        <v>2008</v>
+        <v>2020</v>
       </c>
       <c r="R77" s="0" t="s">
-        <v>98</v>
+        <v>678</v>
       </c>
       <c r="S77" s="0" t="s">
-        <v>300</v>
+        <v>679</v>
       </c>
       <c r="T77" s="0" t="s">
-        <v>65</v>
+        <v>680</v>
       </c>
       <c r="U77" s="0" t="s">
-        <v>673</v>
+        <v>681</v>
       </c>
       <c r="V77" s="0" t="s">
-        <v>674</v>
+        <v>682</v>
       </c>
     </row>
     <row r="78" spans="1:22">
       <c r="A78" s="0" t="s">
-        <v>675</v>
+        <v>683</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>676</v>
+        <v>684</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>167</v>
+        <v>59</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>201</v>
+        <v>298</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>168</v>
+        <v>455</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>72</v>
+        <v>107</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>7</v>
+        <v>493</v>
       </c>
       <c r="I78" s="0" t="s">
-        <v>96</v>
+        <v>685</v>
       </c>
       <c r="J78" s="0" t="s">
-        <v>677</v>
+        <v>31</v>
       </c>
       <c r="K78" s="0" t="s">
-        <v>49</v>
+        <v>127</v>
       </c>
       <c r="L78" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M78" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N78" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O78" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P78" s="0" t="s">
-        <v>678</v>
+        <v>35</v>
       </c>
       <c r="Q78" s="0">
-        <v>2009</v>
+        <v>2024</v>
       </c>
       <c r="R78" s="0" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="S78" s="0" t="s">
-        <v>110</v>
+        <v>78</v>
       </c>
       <c r="T78" s="0" t="s">
-        <v>65</v>
+        <v>687</v>
       </c>
       <c r="U78" s="0" t="s">
-        <v>680</v>
+        <v>688</v>
       </c>
       <c r="V78" s="0" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
     </row>
     <row r="79" spans="1:22">
       <c r="A79" s="0" t="s">
-        <v>682</v>
+        <v>690</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>683</v>
+        <v>691</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>684</v>
+        <v>93</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>685</v>
+        <v>212</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>687</v>
+        <v>86</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="0" t="s">
-        <v>496</v>
+        <v>96</v>
       </c>
       <c r="J79" s="0" t="s">
-        <v>688</v>
+        <v>654</v>
       </c>
       <c r="K79" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L79" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M79" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N79" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O79" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P79" s="0" t="s">
-        <v>689</v>
+        <v>35</v>
       </c>
       <c r="Q79" s="0">
-        <v>2022</v>
+        <v>2008</v>
       </c>
       <c r="R79" s="0" t="s">
-        <v>418</v>
+        <v>98</v>
       </c>
       <c r="S79" s="0" t="s">
-        <v>419</v>
+        <v>300</v>
       </c>
       <c r="T79" s="0" t="s">
-        <v>131</v>
+        <v>65</v>
       </c>
       <c r="U79" s="0" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="V79" s="0" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
     </row>
     <row r="80" spans="1:22">
       <c r="A80" s="0" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>25</v>
+        <v>167</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>70</v>
+        <v>201</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>220</v>
+        <v>168</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="I80" s="0" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="J80" s="0" t="s">
-        <v>75</v>
+        <v>697</v>
       </c>
       <c r="K80" s="0" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="L80" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M80" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N80" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O80" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P80" s="0" t="s">
-        <v>35</v>
+        <v>698</v>
       </c>
       <c r="Q80" s="0">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="R80" s="0" t="s">
-        <v>36</v>
+        <v>699</v>
       </c>
       <c r="S80" s="0" t="s">
-        <v>37</v>
+        <v>110</v>
       </c>
       <c r="T80" s="0" t="s">
-        <v>38</v>
+        <v>65</v>
       </c>
       <c r="U80" s="0" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="V80" s="0" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
     </row>
     <row r="81" spans="1:22">
       <c r="A81" s="0" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>697</v>
+        <v>703</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>183</v>
+        <v>401</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>183</v>
+        <v>704</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I81" s="0" t="s">
-        <v>96</v>
+        <v>706</v>
       </c>
       <c r="J81" s="0" t="s">
-        <v>344</v>
+        <v>169</v>
       </c>
       <c r="K81" s="0" t="s">
-        <v>49</v>
+        <v>127</v>
       </c>
       <c r="L81" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="M81" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N81" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O81" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P81" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q81" s="0">
-        <v>2016</v>
+        <v>2026</v>
       </c>
       <c r="R81" s="0" t="s">
-        <v>699</v>
+        <v>707</v>
       </c>
       <c r="S81" s="0" t="s">
-        <v>700</v>
+        <v>708</v>
       </c>
       <c r="T81" s="0" t="s">
-        <v>79</v>
+        <v>610</v>
       </c>
       <c r="U81" s="0" t="s">
-        <v>701</v>
+        <v>709</v>
       </c>
       <c r="V81" s="0" t="s">
-        <v>702</v>
+        <v>710</v>
       </c>
     </row>
     <row r="82" spans="1:22">
       <c r="A82" s="0" t="s">
-        <v>703</v>
+        <v>711</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>704</v>
+        <v>712</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>705</v>
+        <v>713</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>218</v>
+        <v>714</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>161</v>
+        <v>715</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>28</v>
+        <v>716</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I82" s="0" t="s">
-        <v>96</v>
+        <v>507</v>
       </c>
       <c r="J82" s="0" t="s">
-        <v>48</v>
+        <v>717</v>
       </c>
       <c r="K82" s="0" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="L82" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M82" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N82" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O82" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P82" s="0" t="s">
-        <v>250</v>
+        <v>718</v>
       </c>
       <c r="Q82" s="0">
-        <v>2005</v>
+        <v>2022</v>
       </c>
       <c r="R82" s="0" t="s">
-        <v>706</v>
+        <v>418</v>
       </c>
       <c r="S82" s="0" t="s">
-        <v>252</v>
+        <v>419</v>
       </c>
       <c r="T82" s="0" t="s">
-        <v>707</v>
+        <v>131</v>
       </c>
       <c r="U82" s="0" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="V82" s="0" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
     </row>
     <row r="83" spans="1:22">
       <c r="A83" s="0" t="s">
-        <v>710</v>
+        <v>721</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>711</v>
+        <v>722</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>84</v>
+        <v>25</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>149</v>
+        <v>70</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>712</v>
+        <v>220</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>323</v>
+        <v>28</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="I83" s="0" t="s">
-        <v>96</v>
+        <v>30</v>
       </c>
       <c r="J83" s="0" t="s">
-        <v>87</v>
+        <v>75</v>
       </c>
       <c r="K83" s="0" t="s">
-        <v>62</v>
+        <v>32</v>
       </c>
       <c r="L83" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M83" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N83" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O83" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P83" s="0" t="s">
-        <v>713</v>
+        <v>35</v>
       </c>
       <c r="Q83" s="0">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="R83" s="0" t="s">
-        <v>714</v>
+        <v>36</v>
       </c>
       <c r="S83" s="0" t="s">
-        <v>715</v>
+        <v>37</v>
       </c>
       <c r="T83" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U83" s="0" t="s">
-        <v>716</v>
+        <v>723</v>
       </c>
       <c r="V83" s="0" t="s">
-        <v>717</v>
+        <v>724</v>
       </c>
     </row>
     <row r="84" spans="1:22">
       <c r="A84" s="0" t="s">
-        <v>718</v>
+        <v>725</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>719</v>
+        <v>726</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>298</v>
+        <v>183</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>274</v>
+        <v>183</v>
       </c>
       <c r="F84" s="0" t="s">
-        <v>720</v>
+        <v>727</v>
       </c>
       <c r="G84" s="0" t="s">
-        <v>721</v>
+        <v>46</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I84" s="0" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="J84" s="0" t="s">
-        <v>239</v>
+        <v>344</v>
       </c>
       <c r="K84" s="0" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="L84" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M84" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="N84" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O84" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P84" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q84" s="0">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="R84" s="0" t="s">
-        <v>487</v>
+        <v>728</v>
       </c>
       <c r="S84" s="0" t="s">
-        <v>110</v>
+        <v>729</v>
       </c>
       <c r="T84" s="0" t="s">
-        <v>722</v>
+        <v>79</v>
       </c>
       <c r="U84" s="0" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="V84" s="0" t="s">
-        <v>724</v>
+        <v>731</v>
       </c>
     </row>
     <row r="85" spans="1:22">
       <c r="A85" s="0" t="s">
-        <v>725</v>
+        <v>732</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>726</v>
+        <v>733</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>526</v>
+        <v>43</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>431</v>
+        <v>734</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>431</v>
+        <v>218</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>727</v>
+        <v>161</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>46</v>
+        <v>28</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I85" s="0" t="s">
-        <v>665</v>
+        <v>96</v>
       </c>
       <c r="J85" s="0" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="K85" s="0" t="s">
-        <v>127</v>
+        <v>62</v>
       </c>
       <c r="L85" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="M85" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N85" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O85" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P85" s="0" t="s">
-        <v>35</v>
+        <v>250</v>
       </c>
       <c r="Q85" s="0">
-        <v>2020</v>
+        <v>2005</v>
       </c>
       <c r="R85" s="0" t="s">
-        <v>527</v>
+        <v>735</v>
       </c>
       <c r="S85" s="0" t="s">
-        <v>728</v>
+        <v>252</v>
       </c>
       <c r="T85" s="0" t="s">
-        <v>607</v>
+        <v>736</v>
       </c>
       <c r="U85" s="0" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="V85" s="0" t="s">
-        <v>730</v>
+        <v>738</v>
       </c>
     </row>
     <row r="86" spans="1:22">
       <c r="A86" s="0" t="s">
-        <v>731</v>
+        <v>739</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>732</v>
+        <v>740</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>105</v>
+        <v>84</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>257</v>
+        <v>149</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>733</v>
+        <v>741</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>46</v>
+        <v>323</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="I86" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J86" s="0" t="s">
-        <v>31</v>
+        <v>87</v>
       </c>
       <c r="K86" s="0" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="L86" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M86" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N86" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O86" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P86" s="0" t="s">
-        <v>35</v>
+        <v>742</v>
       </c>
       <c r="Q86" s="0">
         <v>2005</v>
       </c>
       <c r="R86" s="0" t="s">
-        <v>734</v>
+        <v>743</v>
       </c>
       <c r="S86" s="0" t="s">
-        <v>735</v>
+        <v>744</v>
       </c>
       <c r="T86" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U86" s="0" t="s">
-        <v>736</v>
+        <v>745</v>
       </c>
       <c r="V86" s="0" t="s">
-        <v>737</v>
+        <v>746</v>
       </c>
     </row>
     <row r="87" spans="1:22">
       <c r="A87" s="0" t="s">
-        <v>738</v>
+        <v>747</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>739</v>
+        <v>748</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>364</v>
+        <v>57</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>562</v>
+        <v>298</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>740</v>
+        <v>274</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>594</v>
+        <v>749</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>28</v>
+        <v>750</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I87" s="0" t="s">
-        <v>96</v>
+        <v>30</v>
       </c>
       <c r="J87" s="0" t="s">
-        <v>75</v>
+        <v>239</v>
       </c>
       <c r="K87" s="0" t="s">
-        <v>741</v>
+        <v>62</v>
       </c>
       <c r="L87" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M87" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N87" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O87" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P87" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q87" s="0">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="R87" s="0" t="s">
-        <v>742</v>
+        <v>487</v>
       </c>
       <c r="S87" s="0" t="s">
-        <v>403</v>
+        <v>110</v>
       </c>
       <c r="T87" s="0" t="s">
-        <v>65</v>
+        <v>751</v>
       </c>
       <c r="U87" s="0" t="s">
-        <v>743</v>
+        <v>752</v>
       </c>
       <c r="V87" s="0" t="s">
-        <v>744</v>
+        <v>753</v>
       </c>
     </row>
     <row r="88" spans="1:22">
       <c r="A88" s="0" t="s">
-        <v>745</v>
+        <v>754</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>746</v>
+        <v>755</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>747</v>
+        <v>537</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>401</v>
+        <v>431</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>748</v>
+        <v>431</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>749</v>
+        <v>756</v>
       </c>
       <c r="G88" s="0" t="s">
-        <v>150</v>
+        <v>46</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>750</v>
+        <v>29</v>
       </c>
       <c r="I88" s="0" t="s">
-        <v>60</v>
+        <v>685</v>
       </c>
       <c r="J88" s="0" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
       <c r="K88" s="0" t="s">
-        <v>204</v>
+        <v>127</v>
       </c>
       <c r="L88" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="M88" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="N88" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O88" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P88" s="0" t="s">
-        <v>751</v>
+        <v>35</v>
       </c>
       <c r="Q88" s="0">
-        <v>2003</v>
+        <v>2020</v>
       </c>
       <c r="R88" s="0" t="s">
-        <v>752</v>
+        <v>538</v>
       </c>
       <c r="S88" s="0" t="s">
-        <v>403</v>
+        <v>757</v>
       </c>
       <c r="T88" s="0" t="s">
-        <v>65</v>
+        <v>758</v>
       </c>
       <c r="U88" s="0" t="s">
-        <v>753</v>
+        <v>759</v>
       </c>
       <c r="V88" s="0" t="s">
-        <v>754</v>
+        <v>760</v>
       </c>
     </row>
     <row r="89" spans="1:22">
       <c r="A89" s="0" t="s">
-        <v>755</v>
+        <v>761</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>756</v>
+        <v>762</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>757</v>
+        <v>105</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>757</v>
+        <v>257</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="G89" s="0" t="s">
-        <v>86</v>
+        <v>46</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I89" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J89" s="0" t="s">
-        <v>249</v>
+        <v>31</v>
       </c>
       <c r="K89" s="0" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="L89" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M89" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N89" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O89" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P89" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q89" s="0">
-        <v>2013</v>
+        <v>2005</v>
       </c>
       <c r="R89" s="0" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
       <c r="S89" s="0" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="T89" s="0" t="s">
-        <v>65</v>
+        <v>38</v>
       </c>
       <c r="U89" s="0" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="V89" s="0" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
     </row>
     <row r="90" spans="1:22">
       <c r="A90" s="0" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>57</v>
+        <v>364</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>765</v>
+        <v>583</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>767</v>
+        <v>615</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>768</v>
+        <v>28</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I90" s="0" t="s">
-        <v>496</v>
+        <v>96</v>
       </c>
       <c r="J90" s="0" t="s">
-        <v>31</v>
+        <v>75</v>
       </c>
       <c r="K90" s="0" t="s">
-        <v>49</v>
+        <v>771</v>
       </c>
       <c r="L90" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M90" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N90" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O90" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P90" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q90" s="0">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="R90" s="0" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="S90" s="0" t="s">
-        <v>419</v>
+        <v>403</v>
       </c>
       <c r="T90" s="0" t="s">
-        <v>131</v>
+        <v>65</v>
       </c>
       <c r="U90" s="0" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="V90" s="0" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
     </row>
     <row r="91" spans="1:22">
       <c r="A91" s="0" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>57</v>
+        <v>777</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>283</v>
+        <v>401</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>84</v>
+        <v>778</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>712</v>
+        <v>779</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>308</v>
+        <v>150</v>
       </c>
       <c r="H91" s="0" t="s">
-        <v>29</v>
+        <v>780</v>
       </c>
       <c r="I91" s="0" t="s">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="J91" s="0" t="s">
-        <v>61</v>
+        <v>97</v>
       </c>
       <c r="K91" s="0" t="s">
-        <v>49</v>
+        <v>204</v>
       </c>
       <c r="L91" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M91" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N91" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O91" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P91" s="0" t="s">
-        <v>774</v>
+        <v>781</v>
       </c>
       <c r="Q91" s="0">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="R91" s="0" t="s">
-        <v>775</v>
+        <v>782</v>
       </c>
       <c r="S91" s="0" t="s">
-        <v>776</v>
+        <v>403</v>
       </c>
       <c r="T91" s="0" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="U91" s="0" t="s">
-        <v>777</v>
+        <v>783</v>
       </c>
       <c r="V91" s="0" t="s">
-        <v>778</v>
+        <v>784</v>
       </c>
     </row>
     <row r="92" spans="1:22">
       <c r="A92" s="0" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>780</v>
+        <v>786</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>364</v>
+        <v>57</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>401</v>
+        <v>787</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>274</v>
+        <v>787</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>781</v>
+        <v>788</v>
       </c>
       <c r="G92" s="0" t="s">
-        <v>107</v>
+        <v>86</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>750</v>
+        <v>29</v>
       </c>
       <c r="I92" s="0" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="J92" s="0" t="s">
-        <v>75</v>
+        <v>249</v>
       </c>
       <c r="K92" s="0" t="s">
-        <v>127</v>
+        <v>62</v>
       </c>
       <c r="L92" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M92" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N92" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O92" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P92" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q92" s="0">
         <v>2013</v>
       </c>
       <c r="R92" s="0" t="s">
-        <v>98</v>
+        <v>789</v>
       </c>
       <c r="S92" s="0" t="s">
-        <v>99</v>
+        <v>790</v>
       </c>
       <c r="T92" s="0" t="s">
-        <v>79</v>
+        <v>65</v>
       </c>
       <c r="U92" s="0" t="s">
-        <v>782</v>
+        <v>791</v>
       </c>
       <c r="V92" s="0" t="s">
-        <v>783</v>
+        <v>792</v>
       </c>
     </row>
     <row r="93" spans="1:22">
       <c r="A93" s="0" t="s">
-        <v>784</v>
+        <v>793</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>785</v>
+        <v>794</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>219</v>
+        <v>795</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>218</v>
+        <v>796</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>161</v>
+        <v>797</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>28</v>
+        <v>798</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I93" s="0" t="s">
-        <v>96</v>
+        <v>507</v>
       </c>
       <c r="J93" s="0" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
       <c r="K93" s="0" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="L93" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M93" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N93" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O93" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P93" s="0" t="s">
-        <v>250</v>
+        <v>35</v>
       </c>
       <c r="Q93" s="0">
-        <v>2006</v>
+        <v>2022</v>
       </c>
       <c r="R93" s="0" t="s">
-        <v>786</v>
+        <v>799</v>
       </c>
       <c r="S93" s="0" t="s">
-        <v>252</v>
+        <v>419</v>
       </c>
       <c r="T93" s="0" t="s">
-        <v>65</v>
+        <v>131</v>
       </c>
       <c r="U93" s="0" t="s">
-        <v>787</v>
+        <v>800</v>
       </c>
       <c r="V93" s="0" t="s">
-        <v>788</v>
+        <v>801</v>
       </c>
     </row>
     <row r="94" spans="1:22">
       <c r="A94" s="0" t="s">
-        <v>789</v>
+        <v>802</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>790</v>
+        <v>803</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>283</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>84</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>432</v>
+        <v>741</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>107</v>
+        <v>308</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I94" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J94" s="0" t="s">
-        <v>97</v>
+        <v>61</v>
       </c>
       <c r="K94" s="0" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="L94" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M94" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="N94" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O94" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P94" s="0" t="s">
-        <v>35</v>
+        <v>804</v>
       </c>
       <c r="Q94" s="0">
-        <v>2010</v>
+        <v>2001</v>
       </c>
       <c r="R94" s="0" t="s">
-        <v>791</v>
+        <v>805</v>
       </c>
       <c r="S94" s="0" t="s">
-        <v>403</v>
+        <v>806</v>
       </c>
       <c r="T94" s="0" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="U94" s="0" t="s">
-        <v>792</v>
+        <v>807</v>
       </c>
       <c r="V94" s="0" t="s">
-        <v>793</v>
+        <v>808</v>
       </c>
     </row>
     <row r="95" spans="1:22">
       <c r="A95" s="0" t="s">
-        <v>794</v>
+        <v>809</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>795</v>
+        <v>810</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>43</v>
+        <v>364</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>123</v>
+        <v>401</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>183</v>
+        <v>274</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>161</v>
+        <v>811</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>46</v>
+        <v>107</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>29</v>
+        <v>780</v>
       </c>
       <c r="I95" s="0" t="s">
-        <v>96</v>
+        <v>30</v>
       </c>
       <c r="J95" s="0" t="s">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="K95" s="0" t="s">
-        <v>49</v>
+        <v>127</v>
       </c>
       <c r="L95" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="M95" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N95" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O95" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P95" s="0" t="s">
-        <v>796</v>
+        <v>35</v>
       </c>
       <c r="Q95" s="0">
-        <v>2000</v>
+        <v>2013</v>
       </c>
       <c r="R95" s="0" t="s">
-        <v>797</v>
+        <v>98</v>
       </c>
       <c r="S95" s="0" t="s">
-        <v>798</v>
+        <v>99</v>
       </c>
       <c r="T95" s="0" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="U95" s="0" t="s">
-        <v>799</v>
+        <v>812</v>
       </c>
       <c r="V95" s="0" t="s">
-        <v>800</v>
+        <v>813</v>
       </c>
     </row>
     <row r="96" spans="1:22">
       <c r="A96" s="0" t="s">
-        <v>801</v>
+        <v>814</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>802</v>
+        <v>815</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>573</v>
+        <v>161</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>323</v>
+        <v>28</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I96" s="0" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="J96" s="0" t="s">
         <v>48</v>
       </c>
       <c r="K96" s="0" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="L96" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M96" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N96" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O96" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P96" s="0" t="s">
-        <v>35</v>
+        <v>250</v>
       </c>
       <c r="Q96" s="0">
-        <v>1999</v>
+        <v>2006</v>
       </c>
       <c r="R96" s="0" t="s">
-        <v>98</v>
+        <v>816</v>
       </c>
       <c r="S96" s="0" t="s">
-        <v>213</v>
+        <v>252</v>
       </c>
       <c r="T96" s="0" t="s">
-        <v>38</v>
+        <v>65</v>
       </c>
       <c r="U96" s="0" t="s">
-        <v>803</v>
+        <v>817</v>
       </c>
       <c r="V96" s="0" t="s">
-        <v>804</v>
+        <v>818</v>
       </c>
     </row>
     <row r="97" spans="1:22">
       <c r="A97" s="0" t="s">
-        <v>805</v>
+        <v>819</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>806</v>
+        <v>820</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>526</v>
+        <v>24</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>518</v>
+        <v>283</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>26</v>
+        <v>84</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>807</v>
+        <v>432</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>28</v>
+        <v>107</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I97" s="0" t="s">
-        <v>496</v>
+        <v>96</v>
       </c>
       <c r="J97" s="0" t="s">
-        <v>31</v>
+        <v>97</v>
       </c>
       <c r="K97" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L97" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M97" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N97" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O97" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P97" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q97" s="0">
-        <v>2020</v>
+        <v>2010</v>
       </c>
       <c r="R97" s="0" t="s">
-        <v>527</v>
+        <v>821</v>
       </c>
       <c r="S97" s="0" t="s">
-        <v>78</v>
+        <v>403</v>
       </c>
       <c r="T97" s="0" t="s">
-        <v>808</v>
+        <v>65</v>
       </c>
       <c r="U97" s="0" t="s">
-        <v>809</v>
+        <v>822</v>
       </c>
       <c r="V97" s="0" t="s">
-        <v>810</v>
+        <v>823</v>
       </c>
     </row>
     <row r="98" spans="1:22">
       <c r="A98" s="0" t="s">
-        <v>811</v>
+        <v>824</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>812</v>
+        <v>825</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>248</v>
+        <v>123</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>813</v>
+        <v>183</v>
       </c>
       <c r="F98" s="0" t="s">
-        <v>814</v>
+        <v>161</v>
       </c>
       <c r="G98" s="0" t="s">
-        <v>815</v>
+        <v>46</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="I98" s="0" t="s">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="J98" s="0" t="s">
-        <v>75</v>
+        <v>61</v>
       </c>
       <c r="K98" s="0" t="s">
-        <v>127</v>
+        <v>49</v>
       </c>
       <c r="L98" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="M98" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N98" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O98" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P98" s="0" t="s">
-        <v>35</v>
+        <v>826</v>
       </c>
       <c r="Q98" s="0">
-        <v>2025</v>
-[...2 lines deleted...]
-      <c r="S98" s="0"/>
+        <v>2000</v>
+      </c>
+      <c r="R98" s="0" t="s">
+        <v>827</v>
+      </c>
+      <c r="S98" s="0" t="s">
+        <v>828</v>
+      </c>
       <c r="T98" s="0" t="s">
-        <v>816</v>
+        <v>52</v>
       </c>
       <c r="U98" s="0" t="s">
-        <v>817</v>
+        <v>829</v>
       </c>
       <c r="V98" s="0" t="s">
-        <v>818</v>
+        <v>830</v>
       </c>
     </row>
     <row r="99" spans="1:22">
       <c r="A99" s="0" t="s">
-        <v>819</v>
+        <v>831</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>820</v>
+        <v>832</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>401</v>
+        <v>211</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>26</v>
+        <v>212</v>
       </c>
       <c r="F99" s="0" t="s">
-        <v>220</v>
+        <v>594</v>
       </c>
       <c r="G99" s="0" t="s">
-        <v>86</v>
+        <v>323</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I99" s="0" t="s">
-        <v>96</v>
+        <v>30</v>
       </c>
       <c r="J99" s="0" t="s">
-        <v>87</v>
+        <v>48</v>
       </c>
       <c r="K99" s="0" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="L99" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M99" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N99" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O99" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P99" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q99" s="0">
-        <v>2006</v>
+        <v>1999</v>
       </c>
       <c r="R99" s="0" t="s">
         <v>98</v>
       </c>
       <c r="S99" s="0" t="s">
-        <v>99</v>
+        <v>213</v>
       </c>
       <c r="T99" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U99" s="0" t="s">
-        <v>821</v>
+        <v>833</v>
       </c>
       <c r="V99" s="0" t="s">
-        <v>822</v>
+        <v>834</v>
       </c>
     </row>
     <row r="100" spans="1:22">
       <c r="A100" s="0" t="s">
-        <v>823</v>
+        <v>835</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>824</v>
+        <v>836</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>57</v>
+        <v>537</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>825</v>
+        <v>529</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>401</v>
+        <v>26</v>
       </c>
       <c r="F100" s="0" t="s">
-        <v>220</v>
+        <v>837</v>
       </c>
       <c r="G100" s="0" t="s">
-        <v>826</v>
+        <v>28</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="I100" s="0" t="s">
-        <v>96</v>
+        <v>507</v>
       </c>
       <c r="J100" s="0" t="s">
-        <v>239</v>
+        <v>31</v>
       </c>
       <c r="K100" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L100" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M100" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N100" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O100" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P100" s="0" t="s">
-        <v>827</v>
+        <v>35</v>
       </c>
       <c r="Q100" s="0">
-        <v>2000</v>
+        <v>2020</v>
       </c>
       <c r="R100" s="0" t="s">
-        <v>98</v>
+        <v>538</v>
       </c>
       <c r="S100" s="0" t="s">
-        <v>213</v>
+        <v>78</v>
       </c>
       <c r="T100" s="0" t="s">
-        <v>38</v>
+        <v>628</v>
       </c>
       <c r="U100" s="0" t="s">
-        <v>828</v>
+        <v>838</v>
       </c>
       <c r="V100" s="0" t="s">
-        <v>829</v>
+        <v>839</v>
       </c>
     </row>
     <row r="101" spans="1:22">
       <c r="A101" s="0" t="s">
-        <v>830</v>
+        <v>840</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>831</v>
+        <v>841</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>321</v>
+        <v>248</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>274</v>
+        <v>842</v>
       </c>
       <c r="F101" s="0" t="s">
-        <v>184</v>
+        <v>843</v>
       </c>
       <c r="G101" s="0" t="s">
-        <v>107</v>
+        <v>844</v>
       </c>
       <c r="H101" s="0" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="I101" s="0" t="s">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="J101" s="0" t="s">
-        <v>31</v>
+        <v>75</v>
       </c>
       <c r="K101" s="0" t="s">
-        <v>49</v>
+        <v>127</v>
       </c>
       <c r="L101" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="M101" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N101" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O101" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P101" s="0" t="s">
-        <v>832</v>
+        <v>35</v>
       </c>
       <c r="Q101" s="0">
-        <v>2010</v>
-[...6 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="R101" s="0"/>
+      <c r="S101" s="0"/>
       <c r="T101" s="0" t="s">
-        <v>38</v>
+        <v>845</v>
       </c>
       <c r="U101" s="0" t="s">
-        <v>833</v>
+        <v>846</v>
       </c>
       <c r="V101" s="0" t="s">
-        <v>834</v>
+        <v>847</v>
       </c>
     </row>
     <row r="102" spans="1:22">
       <c r="A102" s="0" t="s">
-        <v>835</v>
+        <v>848</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>836</v>
+        <v>849</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>265</v>
+        <v>57</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>837</v>
+        <v>401</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>837</v>
+        <v>26</v>
       </c>
       <c r="F102" s="0" t="s">
-        <v>161</v>
+        <v>220</v>
       </c>
       <c r="G102" s="0" t="s">
-        <v>46</v>
+        <v>86</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="I102" s="0" t="s">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="J102" s="0" t="s">
-        <v>169</v>
+        <v>87</v>
       </c>
       <c r="K102" s="0" t="s">
-        <v>204</v>
+        <v>62</v>
       </c>
       <c r="L102" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M102" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N102" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O102" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P102" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q102" s="0">
-        <v>2000</v>
+        <v>2006</v>
       </c>
       <c r="R102" s="0" t="s">
-        <v>838</v>
+        <v>98</v>
       </c>
       <c r="S102" s="0" t="s">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="T102" s="0" t="s">
-        <v>79</v>
+        <v>38</v>
       </c>
       <c r="U102" s="0" t="s">
-        <v>839</v>
+        <v>850</v>
       </c>
       <c r="V102" s="0" t="s">
-        <v>840</v>
+        <v>851</v>
       </c>
     </row>
     <row r="103" spans="1:22">
       <c r="A103" s="0" t="s">
-        <v>841</v>
+        <v>852</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>842</v>
+        <v>853</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>212</v>
+        <v>854</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>212</v>
+        <v>401</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>843</v>
+        <v>220</v>
       </c>
       <c r="G103" s="0" t="s">
-        <v>323</v>
+        <v>855</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="I103" s="0" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="J103" s="0" t="s">
-        <v>169</v>
+        <v>239</v>
       </c>
       <c r="K103" s="0" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="L103" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="M103" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N103" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O103" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P103" s="0" t="s">
-        <v>35</v>
+        <v>856</v>
       </c>
       <c r="Q103" s="0">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="R103" s="0" t="s">
         <v>98</v>
       </c>
       <c r="S103" s="0" t="s">
-        <v>99</v>
+        <v>213</v>
       </c>
       <c r="T103" s="0" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="U103" s="0" t="s">
-        <v>844</v>
+        <v>857</v>
       </c>
       <c r="V103" s="0" t="s">
-        <v>845</v>
+        <v>858</v>
       </c>
     </row>
     <row r="104" spans="1:22">
       <c r="A104" s="0" t="s">
-        <v>846</v>
+        <v>859</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>847</v>
+        <v>860</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>283</v>
+        <v>321</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>211</v>
+        <v>274</v>
       </c>
       <c r="F104" s="0" t="s">
-        <v>848</v>
+        <v>184</v>
       </c>
       <c r="G104" s="0" t="s">
-        <v>86</v>
+        <v>107</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I104" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J104" s="0" t="s">
-        <v>849</v>
+        <v>31</v>
       </c>
       <c r="K104" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L104" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="M104" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N104" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O104" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P104" s="0" t="s">
-        <v>35</v>
+        <v>861</v>
       </c>
       <c r="Q104" s="0">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="R104" s="0" t="s">
-        <v>63</v>
+        <v>98</v>
       </c>
       <c r="S104" s="0" t="s">
-        <v>64</v>
+        <v>300</v>
       </c>
       <c r="T104" s="0" t="s">
-        <v>722</v>
+        <v>38</v>
       </c>
       <c r="U104" s="0" t="s">
-        <v>850</v>
+        <v>862</v>
       </c>
       <c r="V104" s="0" t="s">
-        <v>851</v>
+        <v>863</v>
       </c>
     </row>
     <row r="105" spans="1:22">
       <c r="A105" s="0" t="s">
-        <v>852</v>
+        <v>864</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>853</v>
+        <v>865</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>57</v>
+        <v>265</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>59</v>
+        <v>866</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>59</v>
+        <v>866</v>
       </c>
       <c r="F105" s="0" t="s">
-        <v>854</v>
+        <v>161</v>
       </c>
       <c r="G105" s="0" t="s">
-        <v>221</v>
+        <v>46</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="I105" s="0" t="s">
-        <v>855</v>
+        <v>60</v>
       </c>
       <c r="J105" s="0" t="s">
-        <v>97</v>
+        <v>169</v>
       </c>
       <c r="K105" s="0" t="s">
-        <v>32</v>
+        <v>204</v>
       </c>
       <c r="L105" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M105" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N105" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O105" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P105" s="0" t="s">
-        <v>856</v>
+        <v>35</v>
       </c>
       <c r="Q105" s="0">
-        <v>2025</v>
+        <v>2000</v>
       </c>
       <c r="R105" s="0" t="s">
-        <v>857</v>
+        <v>867</v>
       </c>
       <c r="S105" s="0" t="s">
-        <v>64</v>
+        <v>110</v>
       </c>
       <c r="T105" s="0" t="s">
-        <v>858</v>
+        <v>79</v>
       </c>
       <c r="U105" s="0" t="s">
-        <v>859</v>
+        <v>868</v>
       </c>
       <c r="V105" s="0" t="s">
-        <v>860</v>
+        <v>869</v>
       </c>
     </row>
     <row r="106" spans="1:22">
       <c r="A106" s="0" t="s">
-        <v>861</v>
+        <v>870</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>862</v>
+        <v>871</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>137</v>
+        <v>212</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>58</v>
+        <v>212</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>258</v>
+        <v>872</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>177</v>
+        <v>323</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I106" s="0" t="s">
-        <v>96</v>
+        <v>30</v>
       </c>
       <c r="J106" s="0" t="s">
-        <v>97</v>
+        <v>169</v>
       </c>
       <c r="K106" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L106" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M106" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N106" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O106" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P106" s="0" t="s">
-        <v>863</v>
+        <v>35</v>
       </c>
       <c r="Q106" s="0">
-        <v>2008</v>
+        <v>1998</v>
       </c>
       <c r="R106" s="0" t="s">
-        <v>63</v>
+        <v>98</v>
       </c>
       <c r="S106" s="0" t="s">
-        <v>64</v>
+        <v>99</v>
       </c>
       <c r="T106" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U106" s="0" t="s">
-        <v>864</v>
+        <v>873</v>
       </c>
       <c r="V106" s="0" t="s">
-        <v>865</v>
+        <v>874</v>
       </c>
     </row>
     <row r="107" spans="1:22">
       <c r="A107" s="0" t="s">
-        <v>866</v>
+        <v>875</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>867</v>
+        <v>876</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>639</v>
+        <v>211</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>868</v>
+        <v>877</v>
       </c>
       <c r="G107" s="0" t="s">
-        <v>177</v>
+        <v>86</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I107" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J107" s="0" t="s">
-        <v>677</v>
+        <v>878</v>
       </c>
       <c r="K107" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L107" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M107" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N107" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O107" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P107" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q107" s="0">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="R107" s="0" t="s">
-        <v>869</v>
+        <v>63</v>
       </c>
       <c r="S107" s="0" t="s">
-        <v>870</v>
+        <v>64</v>
       </c>
       <c r="T107" s="0" t="s">
-        <v>38</v>
+        <v>751</v>
       </c>
       <c r="U107" s="0" t="s">
-        <v>871</v>
+        <v>879</v>
       </c>
       <c r="V107" s="0" t="s">
-        <v>872</v>
+        <v>880</v>
       </c>
     </row>
     <row r="108" spans="1:22">
       <c r="A108" s="0" t="s">
-        <v>873</v>
+        <v>881</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>874</v>
+        <v>882</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>431</v>
+        <v>59</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>167</v>
+        <v>59</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>72</v>
+        <v>221</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I108" s="0" t="s">
-        <v>60</v>
+        <v>706</v>
       </c>
       <c r="J108" s="0" t="s">
-        <v>239</v>
+        <v>97</v>
       </c>
       <c r="K108" s="0" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="L108" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M108" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N108" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O108" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P108" s="0" t="s">
-        <v>35</v>
+        <v>884</v>
       </c>
       <c r="Q108" s="0">
-        <v>2001</v>
+        <v>2025</v>
       </c>
       <c r="R108" s="0" t="s">
-        <v>876</v>
+        <v>885</v>
       </c>
       <c r="S108" s="0" t="s">
-        <v>877</v>
+        <v>64</v>
       </c>
       <c r="T108" s="0" t="s">
-        <v>52</v>
+        <v>886</v>
       </c>
       <c r="U108" s="0" t="s">
-        <v>878</v>
+        <v>887</v>
       </c>
       <c r="V108" s="0" t="s">
-        <v>879</v>
+        <v>888</v>
       </c>
     </row>
     <row r="109" spans="1:22">
       <c r="A109" s="0" t="s">
-        <v>880</v>
+        <v>889</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>25</v>
+        <v>137</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>84</v>
+        <v>58</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>220</v>
+        <v>258</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>308</v>
+        <v>177</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I109" s="0" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="J109" s="0" t="s">
         <v>97</v>
       </c>
       <c r="K109" s="0" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="L109" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="M109" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N109" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O109" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P109" s="0" t="s">
-        <v>35</v>
+        <v>891</v>
       </c>
       <c r="Q109" s="0">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="R109" s="0" t="s">
-        <v>36</v>
+        <v>63</v>
       </c>
       <c r="S109" s="0" t="s">
-        <v>37</v>
+        <v>64</v>
       </c>
       <c r="T109" s="0" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="U109" s="0" t="s">
-        <v>882</v>
+        <v>892</v>
       </c>
       <c r="V109" s="0" t="s">
-        <v>883</v>
+        <v>893</v>
       </c>
     </row>
     <row r="110" spans="1:22">
       <c r="A110" s="0" t="s">
-        <v>884</v>
+        <v>894</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>885</v>
+        <v>895</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>211</v>
+        <v>274</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>212</v>
+        <v>660</v>
       </c>
       <c r="F110" s="0" t="s">
-        <v>573</v>
+        <v>896</v>
       </c>
       <c r="G110" s="0" t="s">
-        <v>28</v>
+        <v>177</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I110" s="0" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="J110" s="0" t="s">
-        <v>48</v>
+        <v>697</v>
       </c>
       <c r="K110" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L110" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M110" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N110" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O110" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P110" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q110" s="0">
-        <v>1999</v>
+        <v>2010</v>
       </c>
       <c r="R110" s="0" t="s">
-        <v>98</v>
+        <v>897</v>
       </c>
       <c r="S110" s="0" t="s">
-        <v>213</v>
+        <v>898</v>
       </c>
       <c r="T110" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U110" s="0" t="s">
-        <v>886</v>
+        <v>899</v>
       </c>
       <c r="V110" s="0" t="s">
-        <v>887</v>
+        <v>900</v>
       </c>
     </row>
     <row r="111" spans="1:22">
       <c r="A111" s="0" t="s">
-        <v>888</v>
+        <v>901</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>889</v>
+        <v>902</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>890</v>
+        <v>431</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>84</v>
+        <v>167</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>891</v>
+        <v>903</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="H111" s="0" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="I111" s="0" t="s">
-        <v>74</v>
+        <v>60</v>
       </c>
       <c r="J111" s="0" t="s">
-        <v>87</v>
+        <v>239</v>
       </c>
       <c r="K111" s="0" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="L111" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M111" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N111" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O111" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P111" s="0" t="s">
-        <v>88</v>
+        <v>35</v>
       </c>
       <c r="Q111" s="0">
-        <v>2010</v>
+        <v>2001</v>
       </c>
       <c r="R111" s="0" t="s">
-        <v>892</v>
+        <v>904</v>
       </c>
       <c r="S111" s="0" t="s">
-        <v>110</v>
+        <v>905</v>
       </c>
       <c r="T111" s="0" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="U111" s="0" t="s">
-        <v>893</v>
+        <v>906</v>
       </c>
       <c r="V111" s="0" t="s">
-        <v>894</v>
+        <v>907</v>
       </c>
     </row>
     <row r="112" spans="1:22">
       <c r="A112" s="0" t="s">
-        <v>895</v>
+        <v>908</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>896</v>
+        <v>909</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>183</v>
+        <v>84</v>
       </c>
       <c r="F112" s="0" t="s">
-        <v>471</v>
+        <v>220</v>
       </c>
       <c r="G112" s="0" t="s">
-        <v>485</v>
+        <v>308</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I112" s="0" t="s">
-        <v>96</v>
+        <v>30</v>
       </c>
       <c r="J112" s="0" t="s">
-        <v>239</v>
+        <v>97</v>
       </c>
       <c r="K112" s="0" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="L112" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M112" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N112" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O112" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P112" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q112" s="0">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="R112" s="0" t="s">
-        <v>897</v>
+        <v>36</v>
       </c>
       <c r="S112" s="0" t="s">
-        <v>898</v>
+        <v>37</v>
       </c>
       <c r="T112" s="0" t="s">
-        <v>65</v>
+        <v>79</v>
       </c>
       <c r="U112" s="0" t="s">
-        <v>899</v>
+        <v>910</v>
       </c>
       <c r="V112" s="0" t="s">
-        <v>900</v>
+        <v>911</v>
       </c>
     </row>
     <row r="113" spans="1:22">
       <c r="A113" s="0" t="s">
-        <v>901</v>
+        <v>912</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>902</v>
+        <v>913</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>903</v>
+        <v>211</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>149</v>
+        <v>212</v>
       </c>
       <c r="F113" s="0" t="s">
-        <v>904</v>
+        <v>594</v>
       </c>
       <c r="G113" s="0" t="s">
-        <v>308</v>
+        <v>28</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I113" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J113" s="0" t="s">
-        <v>169</v>
+        <v>48</v>
       </c>
       <c r="K113" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L113" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M113" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N113" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O113" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P113" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q113" s="0">
-        <v>2010</v>
+        <v>1999</v>
       </c>
       <c r="R113" s="0" t="s">
-        <v>905</v>
+        <v>98</v>
       </c>
       <c r="S113" s="0" t="s">
-        <v>906</v>
+        <v>213</v>
       </c>
       <c r="T113" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U113" s="0" t="s">
-        <v>907</v>
+        <v>914</v>
       </c>
       <c r="V113" s="0" t="s">
-        <v>908</v>
+        <v>915</v>
       </c>
     </row>
     <row r="114" spans="1:22">
       <c r="A114" s="0" t="s">
-        <v>909</v>
+        <v>916</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>910</v>
+        <v>917</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="D114" s="0" t="s">
+        <v>918</v>
+      </c>
+      <c r="E114" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="E114" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F114" s="0" t="s">
-        <v>911</v>
+        <v>919</v>
       </c>
       <c r="G114" s="0" t="s">
-        <v>826</v>
+        <v>28</v>
       </c>
       <c r="H114" s="0" t="s">
-        <v>912</v>
+        <v>7</v>
       </c>
       <c r="I114" s="0" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="J114" s="0" t="s">
-        <v>239</v>
+        <v>87</v>
       </c>
       <c r="K114" s="0" t="s">
-        <v>204</v>
+        <v>62</v>
       </c>
       <c r="L114" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="M114" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N114" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O114" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P114" s="0" t="s">
-        <v>35</v>
+        <v>88</v>
       </c>
       <c r="Q114" s="0">
-        <v>2001</v>
+        <v>2010</v>
       </c>
       <c r="R114" s="0" t="s">
-        <v>98</v>
+        <v>920</v>
       </c>
       <c r="S114" s="0" t="s">
-        <v>213</v>
+        <v>110</v>
       </c>
       <c r="T114" s="0" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="U114" s="0" t="s">
-        <v>913</v>
+        <v>921</v>
       </c>
       <c r="V114" s="0" t="s">
-        <v>914</v>
+        <v>922</v>
       </c>
     </row>
     <row r="115" spans="1:22">
       <c r="A115" s="0" t="s">
-        <v>915</v>
+        <v>923</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>916</v>
+        <v>924</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>917</v>
+        <v>71</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>917</v>
+        <v>183</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>455</v>
+        <v>471</v>
       </c>
       <c r="G115" s="0" t="s">
-        <v>107</v>
+        <v>485</v>
       </c>
       <c r="H115" s="0" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="I115" s="0" t="s">
-        <v>918</v>
+        <v>96</v>
       </c>
       <c r="J115" s="0" t="s">
-        <v>97</v>
+        <v>239</v>
       </c>
       <c r="K115" s="0" t="s">
-        <v>127</v>
+        <v>49</v>
       </c>
       <c r="L115" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M115" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N115" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O115" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P115" s="0" t="s">
-        <v>919</v>
+        <v>35</v>
       </c>
       <c r="Q115" s="0">
-        <v>2025</v>
+        <v>2010</v>
       </c>
       <c r="R115" s="0" t="s">
-        <v>920</v>
+        <v>925</v>
       </c>
       <c r="S115" s="0" t="s">
-        <v>920</v>
+        <v>926</v>
       </c>
       <c r="T115" s="0" t="s">
-        <v>921</v>
+        <v>65</v>
       </c>
       <c r="U115" s="0" t="s">
-        <v>922</v>
+        <v>927</v>
       </c>
       <c r="V115" s="0" t="s">
-        <v>923</v>
+        <v>928</v>
       </c>
     </row>
     <row r="116" spans="1:22">
       <c r="A116" s="0" t="s">
-        <v>924</v>
+        <v>929</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>925</v>
+        <v>930</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>619</v>
+        <v>57</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>926</v>
+        <v>931</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>927</v>
+        <v>149</v>
       </c>
       <c r="F116" s="0" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="G116" s="0" t="s">
-        <v>323</v>
+        <v>308</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I116" s="0" t="s">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="J116" s="0" t="s">
-        <v>929</v>
+        <v>169</v>
       </c>
       <c r="K116" s="0" t="s">
-        <v>204</v>
+        <v>49</v>
       </c>
       <c r="L116" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="M116" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N116" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O116" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P116" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q116" s="0">
-        <v>2006</v>
+        <v>2010</v>
       </c>
       <c r="R116" s="0" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="S116" s="0" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="T116" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U116" s="0" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="V116" s="0" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
     </row>
     <row r="117" spans="1:22">
       <c r="A117" s="0" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>248</v>
+        <v>84</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>167</v>
+        <v>787</v>
       </c>
       <c r="F117" s="0" t="s">
-        <v>392</v>
+        <v>939</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>28</v>
+        <v>855</v>
       </c>
       <c r="H117" s="0" t="s">
-        <v>29</v>
+        <v>940</v>
       </c>
       <c r="I117" s="0" t="s">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="J117" s="0" t="s">
-        <v>359</v>
+        <v>239</v>
       </c>
       <c r="K117" s="0" t="s">
-        <v>49</v>
+        <v>204</v>
       </c>
       <c r="L117" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M117" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N117" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O117" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P117" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q117" s="0">
-        <v>2012</v>
+        <v>2001</v>
       </c>
       <c r="R117" s="0" t="s">
-        <v>936</v>
+        <v>98</v>
       </c>
       <c r="S117" s="0" t="s">
-        <v>110</v>
+        <v>213</v>
       </c>
       <c r="T117" s="0" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
       <c r="U117" s="0" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="V117" s="0" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
     </row>
     <row r="118" spans="1:22">
       <c r="A118" s="0" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>265</v>
+        <v>57</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="F118" s="0" t="s">
-        <v>781</v>
+        <v>455</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>46</v>
+        <v>107</v>
       </c>
       <c r="H118" s="0" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="I118" s="0" t="s">
-        <v>96</v>
+        <v>946</v>
       </c>
       <c r="J118" s="0" t="s">
         <v>97</v>
       </c>
       <c r="K118" s="0" t="s">
-        <v>49</v>
+        <v>127</v>
       </c>
       <c r="L118" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M118" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N118" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O118" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P118" s="0" t="s">
-        <v>35</v>
+        <v>947</v>
       </c>
       <c r="Q118" s="0">
-        <v>2011</v>
+        <v>2025</v>
       </c>
       <c r="R118" s="0" t="s">
-        <v>943</v>
+        <v>948</v>
       </c>
       <c r="S118" s="0" t="s">
-        <v>110</v>
+        <v>948</v>
       </c>
       <c r="T118" s="0" t="s">
-        <v>79</v>
+        <v>949</v>
       </c>
       <c r="U118" s="0" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="V118" s="0" t="s">
-        <v>945</v>
+        <v>951</v>
       </c>
     </row>
     <row r="119" spans="1:22">
       <c r="A119" s="0" t="s">
-        <v>946</v>
+        <v>952</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>364</v>
+        <v>640</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>518</v>
+        <v>954</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>193</v>
+        <v>955</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>455</v>
+        <v>956</v>
       </c>
       <c r="G119" s="0" t="s">
-        <v>28</v>
+        <v>323</v>
       </c>
       <c r="H119" s="0" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="I119" s="0" t="s">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="J119" s="0" t="s">
-        <v>151</v>
+        <v>957</v>
       </c>
       <c r="K119" s="0" t="s">
-        <v>62</v>
+        <v>204</v>
       </c>
       <c r="L119" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="M119" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N119" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O119" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P119" s="0" t="s">
-        <v>863</v>
+        <v>35</v>
       </c>
       <c r="Q119" s="0">
-        <v>2013</v>
+        <v>2006</v>
       </c>
       <c r="R119" s="0" t="s">
-        <v>98</v>
+        <v>958</v>
       </c>
       <c r="S119" s="0" t="s">
-        <v>99</v>
+        <v>959</v>
       </c>
       <c r="T119" s="0" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="U119" s="0" t="s">
-        <v>948</v>
+        <v>960</v>
       </c>
       <c r="V119" s="0" t="s">
-        <v>949</v>
+        <v>961</v>
       </c>
     </row>
     <row r="120" spans="1:22">
       <c r="A120" s="0" t="s">
-        <v>950</v>
+        <v>962</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>59</v>
+        <v>248</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>952</v>
+        <v>167</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>953</v>
+        <v>392</v>
       </c>
       <c r="G120" s="0" t="s">
-        <v>954</v>
+        <v>28</v>
       </c>
       <c r="H120" s="0" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="I120" s="0" t="s">
-        <v>96</v>
+        <v>30</v>
       </c>
       <c r="J120" s="0" t="s">
-        <v>31</v>
+        <v>359</v>
       </c>
       <c r="K120" s="0" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="L120" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="M120" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N120" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O120" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P120" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q120" s="0">
-        <v>2024</v>
+        <v>2012</v>
       </c>
       <c r="R120" s="0" t="s">
-        <v>955</v>
+        <v>964</v>
       </c>
       <c r="S120" s="0" t="s">
-        <v>956</v>
+        <v>110</v>
       </c>
       <c r="T120" s="0" t="s">
-        <v>957</v>
+        <v>79</v>
       </c>
       <c r="U120" s="0" t="s">
-        <v>958</v>
+        <v>965</v>
       </c>
       <c r="V120" s="0" t="s">
-        <v>959</v>
+        <v>966</v>
       </c>
     </row>
     <row r="121" spans="1:22">
       <c r="A121" s="0" t="s">
-        <v>960</v>
+        <v>967</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>961</v>
+        <v>968</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>364</v>
+        <v>265</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>416</v>
+        <v>969</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>962</v>
+        <v>970</v>
       </c>
       <c r="F121" s="0" t="s">
-        <v>758</v>
+        <v>811</v>
       </c>
       <c r="G121" s="0" t="s">
-        <v>86</v>
+        <v>46</v>
       </c>
       <c r="H121" s="0" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="I121" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J121" s="0" t="s">
-        <v>151</v>
+        <v>97</v>
       </c>
       <c r="K121" s="0" t="s">
-        <v>127</v>
+        <v>49</v>
       </c>
       <c r="L121" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M121" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N121" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O121" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P121" s="0" t="s">
-        <v>963</v>
+        <v>35</v>
       </c>
       <c r="Q121" s="0">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="R121" s="0" t="s">
-        <v>487</v>
+        <v>971</v>
       </c>
       <c r="S121" s="0" t="s">
-        <v>964</v>
+        <v>110</v>
       </c>
       <c r="T121" s="0" t="s">
-        <v>65</v>
+        <v>79</v>
       </c>
       <c r="U121" s="0" t="s">
-        <v>965</v>
+        <v>972</v>
       </c>
       <c r="V121" s="0" t="s">
-        <v>966</v>
+        <v>973</v>
       </c>
     </row>
     <row r="122" spans="1:22">
       <c r="A122" s="0" t="s">
-        <v>967</v>
+        <v>974</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>968</v>
+        <v>975</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>57</v>
+        <v>364</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>401</v>
+        <v>529</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>825</v>
+        <v>193</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>72</v>
+        <v>455</v>
       </c>
       <c r="G122" s="0" t="s">
-        <v>150</v>
+        <v>28</v>
       </c>
       <c r="H122" s="0" t="s">
-        <v>29</v>
+        <v>47</v>
       </c>
       <c r="I122" s="0" t="s">
-        <v>96</v>
+        <v>30</v>
       </c>
       <c r="J122" s="0" t="s">
-        <v>48</v>
+        <v>151</v>
       </c>
       <c r="K122" s="0" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="L122" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M122" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="N122" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O122" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P122" s="0" t="s">
-        <v>35</v>
+        <v>891</v>
       </c>
       <c r="Q122" s="0">
-        <v>2004</v>
+        <v>2013</v>
       </c>
       <c r="R122" s="0" t="s">
-        <v>969</v>
+        <v>98</v>
       </c>
       <c r="S122" s="0" t="s">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="T122" s="0" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="U122" s="0" t="s">
-        <v>970</v>
+        <v>976</v>
       </c>
       <c r="V122" s="0" t="s">
-        <v>971</v>
+        <v>977</v>
       </c>
     </row>
     <row r="123" spans="1:22">
       <c r="A123" s="0" t="s">
-        <v>972</v>
+        <v>978</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>973</v>
+        <v>979</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>265</v>
+        <v>57</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>331</v>
+        <v>59</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>267</v>
+        <v>980</v>
       </c>
       <c r="F123" s="0" t="s">
-        <v>974</v>
+        <v>981</v>
       </c>
       <c r="G123" s="0" t="s">
-        <v>46</v>
+        <v>982</v>
       </c>
       <c r="H123" s="0" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="I123" s="0" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="J123" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K123" s="0" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="L123" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="M123" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N123" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O123" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P123" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q123" s="0">
-        <v>2008</v>
+        <v>2024</v>
       </c>
       <c r="R123" s="0" t="s">
-        <v>975</v>
+        <v>983</v>
       </c>
       <c r="S123" s="0" t="s">
-        <v>51</v>
+        <v>984</v>
       </c>
       <c r="T123" s="0" t="s">
-        <v>38</v>
+        <v>985</v>
       </c>
       <c r="U123" s="0" t="s">
-        <v>976</v>
+        <v>986</v>
       </c>
       <c r="V123" s="0" t="s">
-        <v>977</v>
+        <v>987</v>
       </c>
     </row>
     <row r="124" spans="1:22">
       <c r="A124" s="0" t="s">
-        <v>978</v>
+        <v>988</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>979</v>
+        <v>989</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>57</v>
+        <v>364</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>84</v>
+        <v>416</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>211</v>
+        <v>990</v>
       </c>
       <c r="F124" s="0" t="s">
-        <v>184</v>
+        <v>788</v>
       </c>
       <c r="G124" s="0" t="s">
-        <v>221</v>
+        <v>86</v>
       </c>
       <c r="H124" s="0" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="I124" s="0" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="J124" s="0" t="s">
-        <v>48</v>
+        <v>151</v>
       </c>
       <c r="K124" s="0" t="s">
-        <v>49</v>
+        <v>127</v>
       </c>
       <c r="L124" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M124" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N124" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O124" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P124" s="0" t="s">
-        <v>35</v>
+        <v>991</v>
       </c>
       <c r="Q124" s="0">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="R124" s="0" t="s">
-        <v>98</v>
+        <v>487</v>
       </c>
       <c r="S124" s="0" t="s">
-        <v>213</v>
+        <v>992</v>
       </c>
       <c r="T124" s="0" t="s">
-        <v>38</v>
+        <v>65</v>
       </c>
       <c r="U124" s="0" t="s">
-        <v>980</v>
+        <v>993</v>
       </c>
       <c r="V124" s="0" t="s">
-        <v>981</v>
+        <v>994</v>
       </c>
     </row>
     <row r="125" spans="1:22">
       <c r="A125" s="0" t="s">
-        <v>982</v>
+        <v>995</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>983</v>
+        <v>996</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>431</v>
+        <v>401</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>431</v>
+        <v>854</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>720</v>
+        <v>72</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>221</v>
+        <v>150</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I125" s="0" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="J125" s="0" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="K125" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L125" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M125" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N125" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O125" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P125" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q125" s="0">
-        <v>2017</v>
+        <v>2004</v>
       </c>
       <c r="R125" s="0" t="s">
-        <v>98</v>
+        <v>997</v>
       </c>
       <c r="S125" s="0" t="s">
-        <v>213</v>
+        <v>110</v>
       </c>
       <c r="T125" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U125" s="0" t="s">
-        <v>984</v>
+        <v>998</v>
       </c>
       <c r="V125" s="0" t="s">
-        <v>985</v>
+        <v>999</v>
       </c>
     </row>
     <row r="126" spans="1:22">
       <c r="A126" s="0" t="s">
-        <v>986</v>
+        <v>1000</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>987</v>
+        <v>1001</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>57</v>
+        <v>265</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>518</v>
+        <v>331</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>757</v>
+        <v>267</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>988</v>
+        <v>1002</v>
       </c>
       <c r="G126" s="0" t="s">
-        <v>107</v>
+        <v>46</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I126" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J126" s="0" t="s">
-        <v>75</v>
+        <v>31</v>
       </c>
       <c r="K126" s="0" t="s">
-        <v>127</v>
+        <v>49</v>
       </c>
       <c r="L126" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="M126" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N126" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O126" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P126" s="0" t="s">
-        <v>989</v>
+        <v>35</v>
       </c>
       <c r="Q126" s="0">
-        <v>2023</v>
+        <v>2008</v>
       </c>
       <c r="R126" s="0" t="s">
-        <v>990</v>
+        <v>1003</v>
       </c>
       <c r="S126" s="0" t="s">
-        <v>78</v>
+        <v>51</v>
       </c>
       <c r="T126" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U126" s="0" t="s">
-        <v>991</v>
+        <v>1004</v>
       </c>
       <c r="V126" s="0" t="s">
-        <v>992</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="127" spans="1:22">
       <c r="A127" s="0" t="s">
-        <v>993</v>
+        <v>1006</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>994</v>
+        <v>1007</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>167</v>
+        <v>84</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>71</v>
+        <v>211</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>432</v>
+        <v>184</v>
       </c>
       <c r="G127" s="0" t="s">
-        <v>46</v>
+        <v>221</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I127" s="0" t="s">
-        <v>96</v>
+        <v>30</v>
       </c>
       <c r="J127" s="0" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="K127" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L127" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="M127" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="N127" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O127" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P127" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q127" s="0">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="R127" s="0" t="s">
-        <v>995</v>
+        <v>98</v>
       </c>
       <c r="S127" s="0" t="s">
-        <v>252</v>
+        <v>213</v>
       </c>
       <c r="T127" s="0" t="s">
-        <v>65</v>
+        <v>38</v>
       </c>
       <c r="U127" s="0" t="s">
-        <v>996</v>
+        <v>1008</v>
       </c>
       <c r="V127" s="0" t="s">
-        <v>997</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="128" spans="1:22">
       <c r="A128" s="0" t="s">
-        <v>998</v>
+        <v>1010</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>999</v>
+        <v>1011</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>193</v>
+        <v>431</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>1000</v>
+        <v>431</v>
       </c>
       <c r="F128" s="0" t="s">
-        <v>448</v>
+        <v>749</v>
       </c>
       <c r="G128" s="0" t="s">
-        <v>107</v>
+        <v>221</v>
       </c>
       <c r="H128" s="0" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="I128" s="0" t="s">
-        <v>96</v>
+        <v>30</v>
       </c>
       <c r="J128" s="0" t="s">
-        <v>1001</v>
+        <v>31</v>
       </c>
       <c r="K128" s="0" t="s">
-        <v>204</v>
+        <v>49</v>
       </c>
       <c r="L128" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M128" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N128" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O128" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P128" s="0" t="s">
-        <v>1002</v>
+        <v>35</v>
       </c>
       <c r="Q128" s="0">
-        <v>1999</v>
+        <v>2017</v>
       </c>
       <c r="R128" s="0" t="s">
         <v>98</v>
       </c>
       <c r="S128" s="0" t="s">
         <v>213</v>
       </c>
       <c r="T128" s="0" t="s">
-        <v>79</v>
+        <v>38</v>
       </c>
       <c r="U128" s="0" t="s">
-        <v>1003</v>
+        <v>1012</v>
       </c>
       <c r="V128" s="0" t="s">
-        <v>1004</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="129" spans="1:22">
       <c r="A129" s="0" t="s">
-        <v>1005</v>
+        <v>1014</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>1006</v>
+        <v>1015</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>1007</v>
+        <v>529</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>160</v>
+        <v>787</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>45</v>
+        <v>1016</v>
       </c>
       <c r="G129" s="0" t="s">
-        <v>221</v>
+        <v>107</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I129" s="0" t="s">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="J129" s="0" t="s">
         <v>75</v>
       </c>
       <c r="K129" s="0" t="s">
-        <v>49</v>
+        <v>127</v>
       </c>
       <c r="L129" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M129" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N129" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O129" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P129" s="0" t="s">
-        <v>35</v>
+        <v>1017</v>
       </c>
       <c r="Q129" s="0">
-        <v>1998</v>
+        <v>2023</v>
       </c>
       <c r="R129" s="0" t="s">
-        <v>1008</v>
+        <v>1018</v>
       </c>
       <c r="S129" s="0" t="s">
-        <v>110</v>
+        <v>78</v>
       </c>
       <c r="T129" s="0" t="s">
-        <v>79</v>
+        <v>38</v>
       </c>
       <c r="U129" s="0" t="s">
-        <v>1009</v>
+        <v>1019</v>
       </c>
       <c r="V129" s="0" t="s">
-        <v>1010</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="130" spans="1:22">
       <c r="A130" s="0" t="s">
-        <v>1011</v>
+        <v>1021</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>1012</v>
+        <v>1022</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>105</v>
+        <v>167</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>84</v>
+        <v>71</v>
       </c>
       <c r="F130" s="0" t="s">
-        <v>220</v>
+        <v>432</v>
       </c>
       <c r="G130" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I130" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J130" s="0" t="s">
-        <v>1013</v>
+        <v>75</v>
       </c>
       <c r="K130" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L130" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="M130" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N130" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O130" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P130" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q130" s="0">
-        <v>1997</v>
+        <v>2002</v>
       </c>
       <c r="R130" s="0" t="s">
-        <v>98</v>
+        <v>1023</v>
       </c>
       <c r="S130" s="0" t="s">
-        <v>213</v>
+        <v>252</v>
       </c>
       <c r="T130" s="0" t="s">
-        <v>38</v>
+        <v>65</v>
       </c>
       <c r="U130" s="0" t="s">
-        <v>1014</v>
+        <v>1024</v>
       </c>
       <c r="V130" s="0" t="s">
-        <v>1015</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="131" spans="1:22">
       <c r="A131" s="0" t="s">
-        <v>1016</v>
+        <v>1026</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>1017</v>
+        <v>1027</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>1018</v>
+        <v>57</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>44</v>
+        <v>193</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>1019</v>
+        <v>1028</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>268</v>
+        <v>448</v>
       </c>
       <c r="G131" s="0" t="s">
         <v>107</v>
       </c>
       <c r="H131" s="0" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="I131" s="0" t="s">
-        <v>1020</v>
+        <v>96</v>
       </c>
       <c r="J131" s="0" t="s">
-        <v>239</v>
+        <v>1029</v>
       </c>
       <c r="K131" s="0" t="s">
-        <v>127</v>
+        <v>204</v>
       </c>
       <c r="L131" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M131" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N131" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O131" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P131" s="0" t="s">
-        <v>1021</v>
+        <v>1030</v>
       </c>
       <c r="Q131" s="0">
-        <v>2023</v>
-[...2 lines deleted...]
-      <c r="S131" s="0"/>
+        <v>1999</v>
+      </c>
+      <c r="R131" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="S131" s="0" t="s">
+        <v>213</v>
+      </c>
       <c r="T131" s="0" t="s">
-        <v>1022</v>
+        <v>79</v>
       </c>
       <c r="U131" s="0" t="s">
-        <v>1023</v>
+        <v>1031</v>
       </c>
       <c r="V131" s="0" t="s">
-        <v>1024</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="132" spans="1:22">
       <c r="A132" s="0" t="s">
-        <v>1025</v>
+        <v>1033</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>1026</v>
+        <v>1034</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>1027</v>
+        <v>1035</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>219</v>
+        <v>160</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>220</v>
+        <v>45</v>
       </c>
       <c r="G132" s="0" t="s">
-        <v>46</v>
+        <v>221</v>
       </c>
       <c r="H132" s="0" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="I132" s="0" t="s">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="J132" s="0" t="s">
-        <v>633</v>
+        <v>75</v>
       </c>
       <c r="K132" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L132" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M132" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N132" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O132" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P132" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q132" s="0">
-        <v>2009</v>
+        <v>1998</v>
       </c>
       <c r="R132" s="0" t="s">
-        <v>1028</v>
+        <v>1036</v>
       </c>
       <c r="S132" s="0" t="s">
         <v>110</v>
       </c>
       <c r="T132" s="0" t="s">
-        <v>38</v>
+        <v>79</v>
       </c>
       <c r="U132" s="0" t="s">
-        <v>1029</v>
+        <v>1037</v>
       </c>
       <c r="V132" s="0" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="133" spans="1:22">
       <c r="A133" s="0" t="s">
-        <v>1031</v>
+        <v>1039</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>1032</v>
+        <v>1040</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>401</v>
+        <v>105</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>274</v>
+        <v>84</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>1033</v>
+        <v>220</v>
       </c>
       <c r="G133" s="0" t="s">
-        <v>221</v>
+        <v>46</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I133" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J133" s="0" t="s">
-        <v>359</v>
+        <v>1041</v>
       </c>
       <c r="K133" s="0" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="L133" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M133" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N133" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O133" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P133" s="0" t="s">
-        <v>1034</v>
+        <v>35</v>
       </c>
       <c r="Q133" s="0">
-        <v>2005</v>
+        <v>1997</v>
       </c>
       <c r="R133" s="0" t="s">
         <v>98</v>
       </c>
       <c r="S133" s="0" t="s">
-        <v>395</v>
+        <v>213</v>
       </c>
       <c r="T133" s="0" t="s">
-        <v>65</v>
+        <v>38</v>
       </c>
       <c r="U133" s="0" t="s">
-        <v>1035</v>
+        <v>1042</v>
       </c>
       <c r="V133" s="0" t="s">
-        <v>1036</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="134" spans="1:22">
       <c r="A134" s="0" t="s">
-        <v>1037</v>
+        <v>1044</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>1038</v>
+        <v>1045</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>57</v>
+        <v>1046</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>274</v>
+        <v>945</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>289</v>
+        <v>704</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>176</v>
+        <v>432</v>
       </c>
       <c r="G134" s="0" t="s">
-        <v>1039</v>
+        <v>1047</v>
       </c>
       <c r="H134" s="0" t="s">
-        <v>7</v>
+        <v>493</v>
       </c>
       <c r="I134" s="0" t="s">
-        <v>74</v>
+        <v>706</v>
       </c>
       <c r="J134" s="0" t="s">
-        <v>87</v>
+        <v>1048</v>
       </c>
       <c r="K134" s="0" t="s">
-        <v>32</v>
+        <v>127</v>
       </c>
       <c r="L134" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="M134" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N134" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O134" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P134" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q134" s="0">
-        <v>2018</v>
+        <v>2026</v>
       </c>
       <c r="R134" s="0" t="s">
-        <v>63</v>
+        <v>1049</v>
       </c>
       <c r="S134" s="0" t="s">
-        <v>64</v>
+        <v>1049</v>
       </c>
       <c r="T134" s="0" t="s">
-        <v>38</v>
+        <v>1050</v>
       </c>
       <c r="U134" s="0" t="s">
-        <v>1040</v>
+        <v>1051</v>
       </c>
       <c r="V134" s="0" t="s">
-        <v>1041</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="135" spans="1:22">
       <c r="A135" s="0" t="s">
-        <v>1042</v>
+        <v>1053</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>1043</v>
+        <v>1054</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>43</v>
+        <v>1055</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>44</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>44</v>
+        <v>1056</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>150</v>
+        <v>268</v>
       </c>
       <c r="G135" s="0" t="s">
-        <v>150</v>
+        <v>107</v>
       </c>
       <c r="H135" s="0" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="I135" s="0" t="s">
-        <v>96</v>
+        <v>494</v>
       </c>
       <c r="J135" s="0" t="s">
-        <v>75</v>
+        <v>239</v>
       </c>
       <c r="K135" s="0" t="s">
-        <v>49</v>
+        <v>127</v>
       </c>
       <c r="L135" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M135" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N135" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O135" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P135" s="0" t="s">
-        <v>1044</v>
+        <v>1057</v>
       </c>
       <c r="Q135" s="0">
-        <v>2002</v>
-[...6 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="R135" s="0"/>
+      <c r="S135" s="0"/>
       <c r="T135" s="0" t="s">
-        <v>79</v>
+        <v>1058</v>
       </c>
       <c r="U135" s="0" t="s">
-        <v>1046</v>
+        <v>1059</v>
       </c>
       <c r="V135" s="0" t="s">
-        <v>1047</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="136" spans="1:22">
       <c r="A136" s="0" t="s">
-        <v>1048</v>
+        <v>1061</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>1049</v>
+        <v>1062</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>518</v>
+        <v>1063</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>70</v>
+        <v>219</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>176</v>
+        <v>220</v>
       </c>
       <c r="G136" s="0" t="s">
-        <v>86</v>
+        <v>46</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I136" s="0" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="J136" s="0" t="s">
-        <v>97</v>
+        <v>654</v>
       </c>
       <c r="K136" s="0" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="L136" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M136" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N136" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O136" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P136" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q136" s="0">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="R136" s="0" t="s">
-        <v>63</v>
+        <v>1064</v>
       </c>
       <c r="S136" s="0" t="s">
-        <v>64</v>
+        <v>110</v>
       </c>
       <c r="T136" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U136" s="0" t="s">
-        <v>1050</v>
+        <v>1065</v>
       </c>
       <c r="V136" s="0" t="s">
-        <v>1051</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="137" spans="1:22">
       <c r="A137" s="0" t="s">
-        <v>1052</v>
+        <v>1067</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>1053</v>
+        <v>1068</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>1054</v>
+        <v>401</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>401</v>
+        <v>274</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>1055</v>
+        <v>1069</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>177</v>
+        <v>221</v>
       </c>
       <c r="H137" s="0" t="s">
-        <v>750</v>
+        <v>29</v>
       </c>
       <c r="I137" s="0" t="s">
-        <v>1056</v>
+        <v>96</v>
       </c>
       <c r="J137" s="0" t="s">
-        <v>239</v>
+        <v>359</v>
       </c>
       <c r="K137" s="0" t="s">
-        <v>204</v>
+        <v>62</v>
       </c>
       <c r="L137" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M137" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N137" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O137" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P137" s="0" t="s">
-        <v>1057</v>
+        <v>1070</v>
       </c>
       <c r="Q137" s="0">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="R137" s="0" t="s">
         <v>98</v>
       </c>
       <c r="S137" s="0" t="s">
-        <v>300</v>
+        <v>395</v>
       </c>
       <c r="T137" s="0" t="s">
-        <v>79</v>
+        <v>65</v>
       </c>
       <c r="U137" s="0" t="s">
-        <v>1058</v>
+        <v>1071</v>
       </c>
       <c r="V137" s="0" t="s">
-        <v>1059</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="138" spans="1:22">
       <c r="A138" s="0" t="s">
-        <v>1060</v>
+        <v>1073</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>1061</v>
+        <v>1074</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>315</v>
+        <v>289</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>720</v>
+        <v>176</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>1062</v>
+        <v>1075</v>
       </c>
       <c r="H138" s="0" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="I138" s="0" t="s">
-        <v>96</v>
+        <v>74</v>
       </c>
       <c r="J138" s="0" t="s">
-        <v>1063</v>
+        <v>87</v>
       </c>
       <c r="K138" s="0" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="L138" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M138" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N138" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O138" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P138" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q138" s="0">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="R138" s="0" t="s">
-        <v>345</v>
+        <v>63</v>
       </c>
       <c r="S138" s="0" t="s">
-        <v>346</v>
+        <v>64</v>
       </c>
       <c r="T138" s="0" t="s">
-        <v>65</v>
+        <v>38</v>
       </c>
       <c r="U138" s="0" t="s">
-        <v>1064</v>
+        <v>1076</v>
       </c>
       <c r="V138" s="0" t="s">
-        <v>1065</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="139" spans="1:22">
       <c r="A139" s="0" t="s">
-        <v>1066</v>
+        <v>1078</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>1067</v>
+        <v>1079</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>193</v>
+        <v>44</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>211</v>
+        <v>44</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>275</v>
+        <v>150</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>46</v>
+        <v>150</v>
       </c>
       <c r="H139" s="0" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="I139" s="0" t="s">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="J139" s="0" t="s">
-        <v>169</v>
+        <v>75</v>
       </c>
       <c r="K139" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L139" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="M139" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="N139" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O139" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P139" s="0" t="s">
-        <v>1068</v>
+        <v>1080</v>
       </c>
       <c r="Q139" s="0">
-        <v>2006</v>
+        <v>2002</v>
       </c>
       <c r="R139" s="0" t="s">
-        <v>98</v>
+        <v>1081</v>
       </c>
       <c r="S139" s="0" t="s">
-        <v>99</v>
+        <v>51</v>
       </c>
       <c r="T139" s="0" t="s">
-        <v>65</v>
+        <v>79</v>
       </c>
       <c r="U139" s="0" t="s">
-        <v>1069</v>
+        <v>1082</v>
       </c>
       <c r="V139" s="0" t="s">
-        <v>1070</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="140" spans="1:22">
       <c r="A140" s="0" t="s">
-        <v>1071</v>
+        <v>1084</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>1072</v>
+        <v>1085</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>1000</v>
+        <v>529</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>1000</v>
+        <v>70</v>
       </c>
       <c r="F140" s="0" t="s">
-        <v>307</v>
+        <v>176</v>
       </c>
       <c r="G140" s="0" t="s">
-        <v>28</v>
+        <v>86</v>
       </c>
       <c r="H140" s="0" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="I140" s="0" t="s">
-        <v>30</v>
+        <v>74</v>
       </c>
       <c r="J140" s="0" t="s">
-        <v>31</v>
+        <v>97</v>
       </c>
       <c r="K140" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L140" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M140" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N140" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O140" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P140" s="0" t="s">
-        <v>1073</v>
+        <v>35</v>
       </c>
       <c r="Q140" s="0">
-        <v>2002</v>
+        <v>2014</v>
       </c>
       <c r="R140" s="0" t="s">
-        <v>309</v>
+        <v>63</v>
       </c>
       <c r="S140" s="0" t="s">
-        <v>310</v>
+        <v>64</v>
       </c>
       <c r="T140" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U140" s="0" t="s">
-        <v>1074</v>
+        <v>1086</v>
       </c>
       <c r="V140" s="0" t="s">
-        <v>1075</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="141" spans="1:22">
       <c r="A141" s="0" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>1077</v>
+        <v>1089</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>201</v>
+        <v>1090</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>248</v>
+        <v>401</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>1078</v>
+        <v>1091</v>
       </c>
       <c r="G141" s="0" t="s">
-        <v>107</v>
+        <v>177</v>
       </c>
       <c r="H141" s="0" t="s">
-        <v>29</v>
+        <v>780</v>
       </c>
       <c r="I141" s="0" t="s">
-        <v>30</v>
+        <v>1092</v>
       </c>
       <c r="J141" s="0" t="s">
-        <v>1001</v>
+        <v>239</v>
       </c>
       <c r="K141" s="0" t="s">
-        <v>49</v>
+        <v>204</v>
       </c>
       <c r="L141" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M141" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N141" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O141" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P141" s="0" t="s">
-        <v>35</v>
+        <v>1093</v>
       </c>
       <c r="Q141" s="0">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="R141" s="0" t="s">
-        <v>1079</v>
+        <v>98</v>
       </c>
       <c r="S141" s="0" t="s">
-        <v>1080</v>
+        <v>300</v>
       </c>
       <c r="T141" s="0" t="s">
-        <v>38</v>
+        <v>79</v>
       </c>
       <c r="U141" s="0" t="s">
-        <v>1081</v>
+        <v>1094</v>
       </c>
       <c r="V141" s="0" t="s">
-        <v>1082</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="142" spans="1:22">
       <c r="A142" s="0" t="s">
-        <v>1083</v>
+        <v>1096</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>1084</v>
+        <v>1097</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>59</v>
+        <v>315</v>
       </c>
       <c r="F142" s="0" t="s">
-        <v>220</v>
+        <v>749</v>
       </c>
       <c r="G142" s="0" t="s">
-        <v>28</v>
+        <v>1098</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I142" s="0" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="J142" s="0" t="s">
-        <v>169</v>
+        <v>1099</v>
       </c>
       <c r="K142" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L142" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M142" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N142" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O142" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P142" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q142" s="0">
-        <v>1999</v>
+        <v>2017</v>
       </c>
       <c r="R142" s="0" t="s">
-        <v>98</v>
+        <v>345</v>
       </c>
       <c r="S142" s="0" t="s">
-        <v>300</v>
+        <v>346</v>
       </c>
       <c r="T142" s="0" t="s">
-        <v>38</v>
+        <v>65</v>
       </c>
       <c r="U142" s="0" t="s">
-        <v>1085</v>
+        <v>1100</v>
       </c>
       <c r="V142" s="0" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="143" spans="1:22">
       <c r="A143" s="0" t="s">
-        <v>1087</v>
+        <v>1102</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>1088</v>
+        <v>1103</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>619</v>
+        <v>57</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>837</v>
+        <v>193</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>1089</v>
+        <v>211</v>
       </c>
       <c r="F143" s="0" t="s">
-        <v>168</v>
+        <v>275</v>
       </c>
       <c r="G143" s="0" t="s">
-        <v>72</v>
+        <v>46</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I143" s="0" t="s">
         <v>60</v>
       </c>
       <c r="J143" s="0" t="s">
-        <v>633</v>
+        <v>169</v>
       </c>
       <c r="K143" s="0" t="s">
-        <v>324</v>
+        <v>49</v>
       </c>
       <c r="L143" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M143" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N143" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O143" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P143" s="0" t="s">
-        <v>35</v>
+        <v>1104</v>
       </c>
       <c r="Q143" s="0">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="R143" s="0" t="s">
-        <v>1090</v>
+        <v>98</v>
       </c>
       <c r="S143" s="0" t="s">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="T143" s="0" t="s">
-        <v>79</v>
+        <v>65</v>
       </c>
       <c r="U143" s="0" t="s">
-        <v>1091</v>
+        <v>1105</v>
       </c>
       <c r="V143" s="0" t="s">
-        <v>1092</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="144" spans="1:22">
       <c r="A144" s="0" t="s">
-        <v>1093</v>
+        <v>1107</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>1094</v>
+        <v>1108</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>136</v>
+        <v>57</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>105</v>
+        <v>1028</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>123</v>
+        <v>1028</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>509</v>
+        <v>307</v>
       </c>
       <c r="G144" s="0" t="s">
-        <v>1095</v>
+        <v>28</v>
       </c>
       <c r="H144" s="0" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="I144" s="0" t="s">
-        <v>96</v>
+        <v>30</v>
       </c>
       <c r="J144" s="0" t="s">
-        <v>61</v>
+        <v>31</v>
       </c>
       <c r="K144" s="0" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="L144" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M144" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="N144" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O144" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P144" s="0" t="s">
-        <v>1096</v>
+        <v>1109</v>
       </c>
       <c r="Q144" s="0">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="R144" s="0" t="s">
-        <v>141</v>
+        <v>309</v>
       </c>
       <c r="S144" s="0" t="s">
-        <v>142</v>
+        <v>310</v>
       </c>
       <c r="T144" s="0" t="s">
-        <v>79</v>
+        <v>38</v>
       </c>
       <c r="U144" s="0" t="s">
-        <v>1097</v>
+        <v>1110</v>
       </c>
       <c r="V144" s="0" t="s">
-        <v>1098</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="145" spans="1:22">
       <c r="A145" s="0" t="s">
-        <v>1099</v>
+        <v>1112</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>1100</v>
+        <v>1113</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>1027</v>
+        <v>201</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>401</v>
+        <v>248</v>
       </c>
       <c r="F145" s="0" t="s">
-        <v>258</v>
+        <v>1114</v>
       </c>
       <c r="G145" s="0" t="s">
-        <v>323</v>
+        <v>107</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I145" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J145" s="0" t="s">
-        <v>31</v>
+        <v>1029</v>
       </c>
       <c r="K145" s="0" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="L145" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M145" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N145" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O145" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P145" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q145" s="0">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="R145" s="0" t="s">
-        <v>36</v>
+        <v>1115</v>
       </c>
       <c r="S145" s="0" t="s">
-        <v>37</v>
+        <v>1116</v>
       </c>
       <c r="T145" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U145" s="0" t="s">
-        <v>1101</v>
+        <v>1117</v>
       </c>
       <c r="V145" s="0" t="s">
-        <v>1102</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="146" spans="1:22">
       <c r="A146" s="0" t="s">
-        <v>1103</v>
+        <v>1119</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>1104</v>
+        <v>1120</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>1019</v>
+        <v>26</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>1105</v>
+        <v>59</v>
       </c>
       <c r="F146" s="0" t="s">
-        <v>1106</v>
+        <v>220</v>
       </c>
       <c r="G146" s="0" t="s">
-        <v>107</v>
+        <v>28</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I146" s="0" t="s">
-        <v>125</v>
+        <v>30</v>
       </c>
       <c r="J146" s="0" t="s">
-        <v>366</v>
+        <v>169</v>
       </c>
       <c r="K146" s="0" t="s">
-        <v>324</v>
+        <v>49</v>
       </c>
       <c r="L146" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M146" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N146" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O146" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P146" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q146" s="0">
-        <v>2021</v>
+        <v>1999</v>
       </c>
       <c r="R146" s="0" t="s">
-        <v>1107</v>
+        <v>98</v>
       </c>
       <c r="S146" s="0" t="s">
-        <v>568</v>
+        <v>300</v>
       </c>
       <c r="T146" s="0" t="s">
-        <v>420</v>
+        <v>38</v>
       </c>
       <c r="U146" s="0" t="s">
-        <v>1108</v>
+        <v>1121</v>
       </c>
       <c r="V146" s="0" t="s">
-        <v>1109</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="147" spans="1:22">
       <c r="A147" s="0" t="s">
-        <v>1110</v>
+        <v>1123</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>1111</v>
+        <v>1124</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>24</v>
+        <v>640</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>26</v>
+        <v>866</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>84</v>
+        <v>1125</v>
       </c>
       <c r="F147" s="0" t="s">
-        <v>1112</v>
+        <v>168</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>1113</v>
+        <v>72</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I147" s="0" t="s">
-        <v>1114</v>
+        <v>60</v>
       </c>
       <c r="J147" s="0" t="s">
-        <v>75</v>
+        <v>654</v>
       </c>
       <c r="K147" s="0" t="s">
-        <v>49</v>
+        <v>324</v>
       </c>
       <c r="L147" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="M147" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N147" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O147" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P147" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q147" s="0">
-        <v>2019</v>
+        <v>2008</v>
       </c>
       <c r="R147" s="0" t="s">
-        <v>98</v>
+        <v>1126</v>
       </c>
       <c r="S147" s="0" t="s">
-        <v>300</v>
+        <v>110</v>
       </c>
       <c r="T147" s="0" t="s">
-        <v>722</v>
+        <v>79</v>
       </c>
       <c r="U147" s="0" t="s">
-        <v>1115</v>
+        <v>1127</v>
       </c>
       <c r="V147" s="0" t="s">
-        <v>1116</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="148" spans="1:22">
       <c r="A148" s="0" t="s">
-        <v>1117</v>
+        <v>1129</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>1118</v>
+        <v>1130</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>265</v>
+        <v>136</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>1119</v>
+        <v>105</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>1120</v>
+        <v>123</v>
       </c>
       <c r="F148" s="0" t="s">
-        <v>168</v>
+        <v>520</v>
       </c>
       <c r="G148" s="0" t="s">
-        <v>46</v>
+        <v>1131</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I148" s="0" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="J148" s="0" t="s">
-        <v>1121</v>
+        <v>61</v>
       </c>
       <c r="K148" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L148" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="M148" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N148" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O148" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P148" s="0" t="s">
-        <v>1122</v>
+        <v>1132</v>
       </c>
       <c r="Q148" s="0">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="R148" s="0" t="s">
-        <v>1123</v>
+        <v>141</v>
       </c>
       <c r="S148" s="0" t="s">
-        <v>588</v>
+        <v>142</v>
       </c>
       <c r="T148" s="0" t="s">
         <v>79</v>
       </c>
       <c r="U148" s="0" t="s">
-        <v>1124</v>
+        <v>1133</v>
       </c>
       <c r="V148" s="0" t="s">
-        <v>1125</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="149" spans="1:22">
       <c r="A149" s="0" t="s">
-        <v>1126</v>
+        <v>1135</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>1127</v>
+        <v>1136</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>71</v>
+        <v>1063</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>71</v>
+        <v>401</v>
       </c>
       <c r="F149" s="0" t="s">
-        <v>45</v>
+        <v>258</v>
       </c>
       <c r="G149" s="0" t="s">
-        <v>46</v>
+        <v>323</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I149" s="0" t="s">
-        <v>96</v>
+        <v>30</v>
       </c>
       <c r="J149" s="0" t="s">
-        <v>61</v>
+        <v>31</v>
       </c>
       <c r="K149" s="0" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="L149" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M149" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N149" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O149" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P149" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q149" s="0">
-        <v>2017</v>
+        <v>1998</v>
       </c>
       <c r="R149" s="0" t="s">
-        <v>1128</v>
+        <v>36</v>
       </c>
       <c r="S149" s="0" t="s">
-        <v>110</v>
+        <v>37</v>
       </c>
       <c r="T149" s="0" t="s">
-        <v>79</v>
+        <v>38</v>
       </c>
       <c r="U149" s="0" t="s">
-        <v>1129</v>
+        <v>1137</v>
       </c>
       <c r="V149" s="0" t="s">
-        <v>1130</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="150" spans="1:22">
       <c r="A150" s="0" t="s">
-        <v>1131</v>
+        <v>1139</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>1132</v>
+        <v>1140</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>1133</v>
+        <v>1056</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>289</v>
+        <v>1141</v>
       </c>
       <c r="F150" s="0" t="s">
-        <v>176</v>
+        <v>1142</v>
       </c>
       <c r="G150" s="0" t="s">
-        <v>308</v>
+        <v>107</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I150" s="0" t="s">
-        <v>30</v>
+        <v>125</v>
       </c>
       <c r="J150" s="0" t="s">
-        <v>169</v>
+        <v>366</v>
       </c>
       <c r="K150" s="0" t="s">
-        <v>49</v>
+        <v>324</v>
       </c>
       <c r="L150" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M150" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N150" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O150" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P150" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q150" s="0">
-        <v>2004</v>
+        <v>2021</v>
       </c>
       <c r="R150" s="0" t="s">
-        <v>98</v>
+        <v>1143</v>
       </c>
       <c r="S150" s="0" t="s">
-        <v>300</v>
+        <v>589</v>
       </c>
       <c r="T150" s="0" t="s">
-        <v>38</v>
+        <v>420</v>
       </c>
       <c r="U150" s="0" t="s">
-        <v>1134</v>
+        <v>1144</v>
       </c>
       <c r="V150" s="0" t="s">
-        <v>1135</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="151" spans="1:22">
       <c r="A151" s="0" t="s">
-        <v>1136</v>
+        <v>1146</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>1137</v>
+        <v>1147</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>289</v>
+        <v>84</v>
       </c>
       <c r="F151" s="0" t="s">
-        <v>307</v>
+        <v>1148</v>
       </c>
       <c r="G151" s="0" t="s">
-        <v>28</v>
+        <v>1149</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I151" s="0" t="s">
-        <v>96</v>
+        <v>1150</v>
       </c>
       <c r="J151" s="0" t="s">
-        <v>1138</v>
+        <v>75</v>
       </c>
       <c r="K151" s="0" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="L151" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M151" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N151" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O151" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P151" s="0" t="s">
-        <v>574</v>
+        <v>35</v>
       </c>
       <c r="Q151" s="0">
-        <v>1997</v>
+        <v>2019</v>
       </c>
       <c r="R151" s="0" t="s">
-        <v>309</v>
+        <v>98</v>
       </c>
       <c r="S151" s="0" t="s">
-        <v>1139</v>
+        <v>300</v>
       </c>
       <c r="T151" s="0" t="s">
-        <v>38</v>
+        <v>751</v>
       </c>
       <c r="U151" s="0" t="s">
-        <v>1140</v>
+        <v>1151</v>
       </c>
       <c r="V151" s="0" t="s">
-        <v>1141</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="152" spans="1:22">
       <c r="A152" s="0" t="s">
-        <v>1142</v>
+        <v>1153</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>1143</v>
+        <v>1154</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>24</v>
+        <v>265</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>25</v>
+        <v>1155</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>289</v>
+        <v>1156</v>
       </c>
       <c r="F152" s="0" t="s">
-        <v>1144</v>
+        <v>168</v>
       </c>
       <c r="G152" s="0" t="s">
-        <v>323</v>
+        <v>46</v>
       </c>
       <c r="H152" s="0" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="I152" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J152" s="0" t="s">
-        <v>97</v>
+        <v>1157</v>
       </c>
       <c r="K152" s="0" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="L152" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="M152" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N152" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O152" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P152" s="0" t="s">
-        <v>35</v>
+        <v>1158</v>
       </c>
       <c r="Q152" s="0">
-        <v>2002</v>
+        <v>2019</v>
       </c>
       <c r="R152" s="0" t="s">
-        <v>36</v>
+        <v>1159</v>
       </c>
       <c r="S152" s="0" t="s">
-        <v>37</v>
+        <v>609</v>
       </c>
       <c r="T152" s="0" t="s">
-        <v>38</v>
+        <v>79</v>
       </c>
       <c r="U152" s="0" t="s">
-        <v>1145</v>
+        <v>1160</v>
       </c>
       <c r="V152" s="0" t="s">
-        <v>1146</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="153" spans="1:22">
       <c r="A153" s="0" t="s">
-        <v>1147</v>
+        <v>1162</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>1148</v>
+        <v>1163</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>228</v>
+        <v>43</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>1149</v>
+        <v>71</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>639</v>
+        <v>71</v>
       </c>
       <c r="F153" s="0" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="G153" s="0" t="s">
-        <v>308</v>
+        <v>46</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I153" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J153" s="0" t="s">
-        <v>229</v>
+        <v>61</v>
       </c>
       <c r="K153" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L153" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="M153" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N153" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O153" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P153" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q153" s="0">
-        <v>2003</v>
+        <v>2017</v>
       </c>
       <c r="R153" s="0" t="s">
-        <v>153</v>
+        <v>1164</v>
       </c>
       <c r="S153" s="0" t="s">
-        <v>213</v>
+        <v>110</v>
       </c>
       <c r="T153" s="0" t="s">
-        <v>38</v>
+        <v>79</v>
       </c>
       <c r="U153" s="0" t="s">
-        <v>1150</v>
+        <v>1165</v>
       </c>
       <c r="V153" s="0" t="s">
-        <v>1151</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="154" spans="1:22">
       <c r="A154" s="0" t="s">
-        <v>1152</v>
+        <v>1167</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>1153</v>
+        <v>1168</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>84</v>
+        <v>1169</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>757</v>
+        <v>289</v>
       </c>
       <c r="F154" s="0" t="s">
-        <v>1154</v>
+        <v>176</v>
       </c>
       <c r="G154" s="0" t="s">
-        <v>28</v>
+        <v>308</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I154" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J154" s="0" t="s">
-        <v>366</v>
+        <v>169</v>
       </c>
       <c r="K154" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L154" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M154" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N154" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O154" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P154" s="0" t="s">
-        <v>1155</v>
+        <v>35</v>
       </c>
       <c r="Q154" s="0">
-        <v>2013</v>
+        <v>2004</v>
       </c>
       <c r="R154" s="0" t="s">
-        <v>487</v>
+        <v>98</v>
       </c>
       <c r="S154" s="0" t="s">
-        <v>110</v>
+        <v>300</v>
       </c>
       <c r="T154" s="0" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="U154" s="0" t="s">
-        <v>1156</v>
+        <v>1170</v>
       </c>
       <c r="V154" s="0" t="s">
-        <v>1157</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="155" spans="1:22">
       <c r="A155" s="0" t="s">
-        <v>1158</v>
+        <v>1172</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>1159</v>
+        <v>1173</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>1160</v>
+        <v>57</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>1161</v>
+        <v>122</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>149</v>
+        <v>289</v>
       </c>
       <c r="F155" s="0" t="s">
-        <v>1162</v>
+        <v>307</v>
       </c>
       <c r="G155" s="0" t="s">
-        <v>1163</v>
+        <v>28</v>
       </c>
       <c r="H155" s="0" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="I155" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J155" s="0" t="s">
-        <v>97</v>
+        <v>1174</v>
       </c>
       <c r="K155" s="0" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="L155" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M155" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="N155" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O155" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P155" s="0" t="s">
-        <v>1164</v>
+        <v>595</v>
       </c>
       <c r="Q155" s="0">
-        <v>2017</v>
+        <v>1997</v>
       </c>
       <c r="R155" s="0" t="s">
-        <v>634</v>
+        <v>309</v>
       </c>
       <c r="S155" s="0" t="s">
-        <v>142</v>
+        <v>1175</v>
       </c>
       <c r="T155" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U155" s="0" t="s">
-        <v>1165</v>
+        <v>1176</v>
       </c>
       <c r="V155" s="0" t="s">
-        <v>1166</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="156" spans="1:22">
       <c r="A156" s="0" t="s">
-        <v>1167</v>
+        <v>1178</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>1168</v>
+        <v>1179</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>1169</v>
+        <v>24</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>1170</v>
+        <v>289</v>
       </c>
       <c r="F156" s="0" t="s">
-        <v>455</v>
+        <v>1180</v>
       </c>
       <c r="G156" s="0" t="s">
-        <v>107</v>
+        <v>323</v>
       </c>
       <c r="H156" s="0" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="I156" s="0" t="s">
-        <v>1020</v>
+        <v>30</v>
       </c>
       <c r="J156" s="0" t="s">
         <v>97</v>
       </c>
       <c r="K156" s="0" t="s">
-        <v>127</v>
+        <v>32</v>
       </c>
       <c r="L156" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M156" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N156" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O156" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P156" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q156" s="0">
-        <v>2023</v>
+        <v>2002</v>
       </c>
       <c r="R156" s="0" t="s">
-        <v>1171</v>
+        <v>36</v>
       </c>
       <c r="S156" s="0" t="s">
-        <v>78</v>
+        <v>37</v>
       </c>
       <c r="T156" s="0" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="U156" s="0" t="s">
-        <v>1172</v>
+        <v>1181</v>
       </c>
       <c r="V156" s="0" t="s">
-        <v>1173</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="157" spans="1:22">
       <c r="A157" s="0" t="s">
-        <v>1174</v>
+        <v>1183</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>1175</v>
+        <v>1184</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>24</v>
+        <v>228</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>25</v>
+        <v>1185</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>123</v>
+        <v>660</v>
       </c>
       <c r="F157" s="0" t="s">
-        <v>275</v>
+        <v>27</v>
       </c>
       <c r="G157" s="0" t="s">
-        <v>86</v>
+        <v>308</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I157" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J157" s="0" t="s">
-        <v>1063</v>
+        <v>229</v>
       </c>
       <c r="K157" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L157" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="M157" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="N157" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O157" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P157" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q157" s="0">
-        <v>1997</v>
+        <v>2003</v>
       </c>
       <c r="R157" s="0" t="s">
-        <v>345</v>
+        <v>153</v>
       </c>
       <c r="S157" s="0" t="s">
-        <v>346</v>
+        <v>213</v>
       </c>
       <c r="T157" s="0" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="U157" s="0" t="s">
-        <v>1176</v>
+        <v>1186</v>
       </c>
       <c r="V157" s="0" t="s">
-        <v>1177</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="158" spans="1:22">
       <c r="A158" s="0" t="s">
-        <v>1178</v>
+        <v>1188</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>1179</v>
+        <v>1189</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>639</v>
+        <v>84</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>26</v>
+        <v>787</v>
       </c>
       <c r="F158" s="0" t="s">
-        <v>220</v>
+        <v>1190</v>
       </c>
       <c r="G158" s="0" t="s">
-        <v>107</v>
+        <v>28</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I158" s="0" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="J158" s="0" t="s">
-        <v>1180</v>
+        <v>366</v>
       </c>
       <c r="K158" s="0" t="s">
-        <v>127</v>
+        <v>49</v>
       </c>
       <c r="L158" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M158" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N158" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O158" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P158" s="0" t="s">
-        <v>35</v>
+        <v>1191</v>
       </c>
       <c r="Q158" s="0">
         <v>2013</v>
       </c>
       <c r="R158" s="0" t="s">
-        <v>1181</v>
+        <v>487</v>
       </c>
       <c r="S158" s="0" t="s">
         <v>110</v>
       </c>
       <c r="T158" s="0" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="U158" s="0" t="s">
-        <v>1182</v>
+        <v>1192</v>
       </c>
       <c r="V158" s="0" t="s">
-        <v>1183</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="159" spans="1:22">
       <c r="A159" s="0" t="s">
-        <v>1184</v>
+        <v>1194</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>1185</v>
+        <v>1195</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>57</v>
+        <v>1196</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>1186</v>
+        <v>1197</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>123</v>
+        <v>149</v>
       </c>
       <c r="F159" s="0" t="s">
-        <v>1106</v>
+        <v>1198</v>
       </c>
       <c r="G159" s="0" t="s">
-        <v>1187</v>
+        <v>1199</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I159" s="0" t="s">
-        <v>1020</v>
+        <v>96</v>
       </c>
       <c r="J159" s="0" t="s">
-        <v>1188</v>
+        <v>97</v>
       </c>
       <c r="K159" s="0" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="L159" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M159" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N159" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O159" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P159" s="0" t="s">
-        <v>540</v>
+        <v>1200</v>
       </c>
       <c r="Q159" s="0">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="R159" s="0" t="s">
-        <v>1189</v>
+        <v>655</v>
       </c>
       <c r="S159" s="0" t="s">
-        <v>78</v>
+        <v>142</v>
       </c>
       <c r="T159" s="0" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="U159" s="0" t="s">
-        <v>1190</v>
+        <v>1201</v>
       </c>
       <c r="V159" s="0" t="s">
-        <v>1191</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="160" spans="1:22">
       <c r="A160" s="0" t="s">
-        <v>1192</v>
+        <v>1203</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>1193</v>
+        <v>1204</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>57</v>
+        <v>1205</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>84</v>
+        <v>44</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>84</v>
+        <v>1206</v>
       </c>
       <c r="F160" s="0" t="s">
-        <v>1194</v>
+        <v>455</v>
       </c>
       <c r="G160" s="0" t="s">
-        <v>323</v>
+        <v>107</v>
       </c>
       <c r="H160" s="0" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="I160" s="0" t="s">
-        <v>30</v>
+        <v>494</v>
       </c>
       <c r="J160" s="0" t="s">
-        <v>31</v>
+        <v>97</v>
       </c>
       <c r="K160" s="0" t="s">
         <v>127</v>
       </c>
       <c r="L160" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M160" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N160" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O160" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P160" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q160" s="0">
         <v>2023</v>
       </c>
       <c r="R160" s="0" t="s">
-        <v>1195</v>
+        <v>1207</v>
       </c>
       <c r="S160" s="0" t="s">
         <v>78</v>
       </c>
       <c r="T160" s="0" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="U160" s="0" t="s">
-        <v>1196</v>
+        <v>1208</v>
       </c>
       <c r="V160" s="0" t="s">
-        <v>1197</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="161" spans="1:22">
       <c r="A161" s="0" t="s">
-        <v>1198</v>
+        <v>1210</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>1199</v>
+        <v>1211</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>136</v>
+        <v>24</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>1200</v>
+        <v>25</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>84</v>
+        <v>123</v>
       </c>
       <c r="F161" s="0" t="s">
-        <v>85</v>
+        <v>275</v>
       </c>
       <c r="G161" s="0" t="s">
-        <v>1201</v>
+        <v>86</v>
       </c>
       <c r="H161" s="0" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="I161" s="0" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="J161" s="0" t="s">
-        <v>87</v>
+        <v>1099</v>
       </c>
       <c r="K161" s="0" t="s">
-        <v>324</v>
+        <v>49</v>
       </c>
       <c r="L161" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M161" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N161" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O161" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P161" s="0" t="s">
-        <v>1202</v>
+        <v>35</v>
       </c>
       <c r="Q161" s="0">
-        <v>2014</v>
+        <v>1997</v>
       </c>
       <c r="R161" s="0" t="s">
-        <v>141</v>
+        <v>345</v>
       </c>
       <c r="S161" s="0" t="s">
-        <v>142</v>
+        <v>346</v>
       </c>
       <c r="T161" s="0" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="U161" s="0" t="s">
-        <v>1203</v>
+        <v>1212</v>
       </c>
       <c r="V161" s="0" t="s">
-        <v>1204</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="162" spans="1:22">
       <c r="A162" s="0" t="s">
-        <v>1205</v>
+        <v>1214</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>1206</v>
+        <v>1215</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>492</v>
+        <v>24</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>1207</v>
+        <v>660</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>1208</v>
+        <v>26</v>
       </c>
       <c r="F162" s="0" t="s">
-        <v>176</v>
+        <v>220</v>
       </c>
       <c r="G162" s="0" t="s">
-        <v>1209</v>
+        <v>107</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I162" s="0" t="s">
-        <v>30</v>
+        <v>74</v>
       </c>
       <c r="J162" s="0" t="s">
-        <v>366</v>
+        <v>1216</v>
       </c>
       <c r="K162" s="0" t="s">
-        <v>32</v>
+        <v>127</v>
       </c>
       <c r="L162" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="M162" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="N162" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O162" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P162" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q162" s="0">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="R162" s="0" t="s">
-        <v>634</v>
+        <v>1217</v>
       </c>
       <c r="S162" s="0" t="s">
         <v>110</v>
       </c>
       <c r="T162" s="0" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="U162" s="0" t="s">
-        <v>1210</v>
+        <v>1218</v>
       </c>
       <c r="V162" s="0" t="s">
-        <v>1211</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="163" spans="1:22">
       <c r="A163" s="0" t="s">
-        <v>1212</v>
+        <v>1220</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>1213</v>
+        <v>1221</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>1186</v>
+        <v>1222</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>26</v>
+        <v>123</v>
       </c>
       <c r="F163" s="0" t="s">
-        <v>194</v>
+        <v>1142</v>
       </c>
       <c r="G163" s="0" t="s">
-        <v>323</v>
+        <v>1223</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I163" s="0" t="s">
-        <v>96</v>
+        <v>494</v>
       </c>
       <c r="J163" s="0" t="s">
-        <v>249</v>
+        <v>1224</v>
       </c>
       <c r="K163" s="0" t="s">
-        <v>127</v>
+        <v>32</v>
       </c>
       <c r="L163" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="M163" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N163" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O163" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P163" s="0" t="s">
-        <v>1214</v>
+        <v>551</v>
       </c>
       <c r="Q163" s="0">
-        <v>2005</v>
+        <v>2023</v>
       </c>
       <c r="R163" s="0" t="s">
-        <v>1215</v>
+        <v>1225</v>
       </c>
       <c r="S163" s="0" t="s">
-        <v>110</v>
+        <v>78</v>
       </c>
       <c r="T163" s="0" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="U163" s="0" t="s">
-        <v>1216</v>
+        <v>1226</v>
       </c>
       <c r="V163" s="0" t="s">
-        <v>1217</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="164" spans="1:22">
       <c r="A164" s="0" t="s">
-        <v>1218</v>
+        <v>1228</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>1219</v>
+        <v>1229</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>903</v>
+        <v>84</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>342</v>
+        <v>84</v>
       </c>
       <c r="F164" s="0" t="s">
-        <v>848</v>
+        <v>1230</v>
       </c>
       <c r="G164" s="0" t="s">
-        <v>177</v>
+        <v>323</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I164" s="0" t="s">
-        <v>96</v>
+        <v>30</v>
       </c>
       <c r="J164" s="0" t="s">
-        <v>502</v>
+        <v>31</v>
       </c>
       <c r="K164" s="0" t="s">
-        <v>62</v>
+        <v>127</v>
       </c>
       <c r="L164" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M164" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N164" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O164" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P164" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q164" s="0">
-        <v>2007</v>
+        <v>2023</v>
       </c>
       <c r="R164" s="0" t="s">
-        <v>98</v>
+        <v>1231</v>
       </c>
       <c r="S164" s="0" t="s">
-        <v>213</v>
+        <v>78</v>
       </c>
       <c r="T164" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U164" s="0" t="s">
-        <v>1220</v>
+        <v>1232</v>
       </c>
       <c r="V164" s="0" t="s">
-        <v>1221</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="165" spans="1:22">
       <c r="A165" s="0" t="s">
-        <v>1222</v>
+        <v>1234</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>1223</v>
+        <v>1235</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>24</v>
+        <v>136</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>25</v>
+        <v>1236</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>212</v>
+        <v>84</v>
       </c>
       <c r="F165" s="0" t="s">
-        <v>1224</v>
+        <v>85</v>
       </c>
       <c r="G165" s="0" t="s">
-        <v>1225</v>
+        <v>1237</v>
       </c>
       <c r="H165" s="0" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="I165" s="0" t="s">
-        <v>565</v>
+        <v>30</v>
       </c>
       <c r="J165" s="0" t="s">
-        <v>151</v>
+        <v>87</v>
       </c>
       <c r="K165" s="0" t="s">
-        <v>127</v>
+        <v>324</v>
       </c>
       <c r="L165" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M165" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N165" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O165" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P165" s="0" t="s">
-        <v>1226</v>
+        <v>1238</v>
       </c>
       <c r="Q165" s="0">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="R165" s="0" t="s">
-        <v>567</v>
+        <v>141</v>
       </c>
       <c r="S165" s="0" t="s">
-        <v>419</v>
+        <v>142</v>
       </c>
       <c r="T165" s="0" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="U165" s="0" t="s">
-        <v>1227</v>
+        <v>1239</v>
       </c>
       <c r="V165" s="0" t="s">
-        <v>1228</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="166" spans="1:22">
       <c r="A166" s="0" t="s">
-        <v>1229</v>
+        <v>1241</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>1230</v>
+        <v>1242</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>43</v>
+        <v>503</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>183</v>
+        <v>1243</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>183</v>
+        <v>1244</v>
       </c>
       <c r="F166" s="0" t="s">
-        <v>1033</v>
+        <v>176</v>
       </c>
       <c r="G166" s="0" t="s">
-        <v>46</v>
+        <v>1245</v>
       </c>
       <c r="H166" s="0" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="I166" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J166" s="0" t="s">
-        <v>61</v>
+        <v>366</v>
       </c>
       <c r="K166" s="0" t="s">
-        <v>204</v>
+        <v>32</v>
       </c>
       <c r="L166" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="M166" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N166" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O166" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P166" s="0" t="s">
-        <v>1231</v>
+        <v>35</v>
       </c>
       <c r="Q166" s="0">
-        <v>2003</v>
+        <v>2019</v>
       </c>
       <c r="R166" s="0" t="s">
-        <v>1079</v>
+        <v>655</v>
       </c>
       <c r="S166" s="0" t="s">
         <v>110</v>
       </c>
       <c r="T166" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U166" s="0" t="s">
-        <v>1232</v>
+        <v>1246</v>
       </c>
       <c r="V166" s="0" t="s">
-        <v>1233</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="167" spans="1:22">
       <c r="A167" s="0" t="s">
-        <v>1234</v>
+        <v>1248</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>1235</v>
+        <v>1249</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>364</v>
+        <v>1046</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>518</v>
+        <v>1250</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>1236</v>
+        <v>149</v>
       </c>
       <c r="F167" s="0" t="s">
-        <v>45</v>
+        <v>1251</v>
       </c>
       <c r="G167" s="0" t="s">
-        <v>221</v>
+        <v>1252</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I167" s="0" t="s">
-        <v>74</v>
+        <v>706</v>
       </c>
       <c r="J167" s="0" t="s">
-        <v>87</v>
+        <v>75</v>
       </c>
       <c r="K167" s="0" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="L167" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M167" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N167" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O167" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P167" s="0" t="s">
-        <v>35</v>
+        <v>1253</v>
       </c>
       <c r="Q167" s="0">
-        <v>2017</v>
+        <v>2026</v>
       </c>
       <c r="R167" s="0" t="s">
-        <v>1237</v>
+        <v>1254</v>
       </c>
       <c r="S167" s="0" t="s">
-        <v>99</v>
+        <v>1254</v>
       </c>
       <c r="T167" s="0" t="s">
-        <v>38</v>
+        <v>1255</v>
       </c>
       <c r="U167" s="0" t="s">
-        <v>1238</v>
+        <v>1256</v>
       </c>
       <c r="V167" s="0" t="s">
-        <v>1239</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="168" spans="1:22">
       <c r="A168" s="0" t="s">
-        <v>1240</v>
+        <v>1258</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>1241</v>
+        <v>1259</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>330</v>
+        <v>24</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>1242</v>
+        <v>1222</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>183</v>
+        <v>26</v>
       </c>
       <c r="F168" s="0" t="s">
-        <v>441</v>
+        <v>194</v>
       </c>
       <c r="G168" s="0" t="s">
-        <v>150</v>
+        <v>323</v>
       </c>
       <c r="H168" s="0" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="I168" s="0" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="J168" s="0" t="s">
-        <v>61</v>
+        <v>249</v>
       </c>
       <c r="K168" s="0" t="s">
-        <v>62</v>
+        <v>127</v>
       </c>
       <c r="L168" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M168" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="N168" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O168" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P168" s="0" t="s">
-        <v>1243</v>
+        <v>1260</v>
       </c>
       <c r="Q168" s="0">
-        <v>2012</v>
+        <v>2005</v>
       </c>
       <c r="R168" s="0" t="s">
-        <v>1244</v>
+        <v>1261</v>
       </c>
       <c r="S168" s="0" t="s">
-        <v>78</v>
+        <v>110</v>
       </c>
       <c r="T168" s="0" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="U168" s="0" t="s">
-        <v>1245</v>
+        <v>1262</v>
       </c>
       <c r="V168" s="0" t="s">
-        <v>1246</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="169" spans="1:22">
       <c r="A169" s="0" t="s">
-        <v>1247</v>
+        <v>1264</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>1248</v>
+        <v>1265</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>84</v>
+        <v>931</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>84</v>
+        <v>342</v>
       </c>
       <c r="F169" s="0" t="s">
-        <v>501</v>
+        <v>877</v>
       </c>
       <c r="G169" s="0" t="s">
-        <v>28</v>
+        <v>177</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I169" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J169" s="0" t="s">
-        <v>502</v>
+        <v>513</v>
       </c>
       <c r="K169" s="0" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="L169" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M169" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N169" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O169" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P169" s="0" t="s">
-        <v>88</v>
+        <v>35</v>
       </c>
       <c r="Q169" s="0">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="R169" s="0" t="s">
         <v>98</v>
       </c>
       <c r="S169" s="0" t="s">
-        <v>99</v>
+        <v>213</v>
       </c>
       <c r="T169" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U169" s="0" t="s">
-        <v>1249</v>
+        <v>1266</v>
       </c>
       <c r="V169" s="0" t="s">
-        <v>1250</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="170" spans="1:22">
       <c r="A170" s="0" t="s">
-        <v>1251</v>
+        <v>1268</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>1252</v>
+        <v>1269</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>211</v>
+        <v>25</v>
       </c>
       <c r="E170" s="0" t="s">
         <v>212</v>
       </c>
       <c r="F170" s="0" t="s">
-        <v>176</v>
+        <v>1270</v>
       </c>
       <c r="G170" s="0" t="s">
-        <v>323</v>
+        <v>1271</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I170" s="0" t="s">
-        <v>30</v>
+        <v>586</v>
       </c>
       <c r="J170" s="0" t="s">
-        <v>48</v>
+        <v>151</v>
       </c>
       <c r="K170" s="0" t="s">
-        <v>49</v>
+        <v>127</v>
       </c>
       <c r="L170" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M170" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N170" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O170" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P170" s="0" t="s">
-        <v>35</v>
+        <v>1272</v>
       </c>
       <c r="Q170" s="0">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="R170" s="0" t="s">
-        <v>98</v>
+        <v>588</v>
       </c>
       <c r="S170" s="0" t="s">
-        <v>213</v>
+        <v>419</v>
       </c>
       <c r="T170" s="0" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="U170" s="0" t="s">
-        <v>1253</v>
+        <v>1273</v>
       </c>
       <c r="V170" s="0" t="s">
-        <v>1254</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="171" spans="1:22">
       <c r="A171" s="0" t="s">
-        <v>1255</v>
+        <v>1275</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>1256</v>
+        <v>1276</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>136</v>
+        <v>43</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>1257</v>
+        <v>183</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>84</v>
+        <v>183</v>
       </c>
       <c r="F171" s="0" t="s">
-        <v>1258</v>
+        <v>1069</v>
       </c>
       <c r="G171" s="0" t="s">
-        <v>1259</v>
+        <v>46</v>
       </c>
       <c r="H171" s="0" t="s">
-        <v>7</v>
+        <v>47</v>
       </c>
       <c r="I171" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J171" s="0" t="s">
-        <v>249</v>
+        <v>61</v>
       </c>
       <c r="K171" s="0" t="s">
-        <v>49</v>
+        <v>204</v>
       </c>
       <c r="L171" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M171" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="N171" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O171" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P171" s="0" t="s">
-        <v>1164</v>
+        <v>1277</v>
       </c>
       <c r="Q171" s="0">
-        <v>2015</v>
+        <v>2003</v>
       </c>
       <c r="R171" s="0" t="s">
-        <v>634</v>
+        <v>1115</v>
       </c>
       <c r="S171" s="0" t="s">
-        <v>142</v>
+        <v>110</v>
       </c>
       <c r="T171" s="0" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="U171" s="0" t="s">
-        <v>1260</v>
+        <v>1278</v>
       </c>
       <c r="V171" s="0" t="s">
-        <v>1261</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="172" spans="1:22">
       <c r="A172" s="0" t="s">
-        <v>1262</v>
+        <v>1280</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>1263</v>
+        <v>1281</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>57</v>
+        <v>364</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>890</v>
+        <v>529</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>1264</v>
+        <v>567</v>
       </c>
       <c r="F172" s="0" t="s">
-        <v>1265</v>
+        <v>45</v>
       </c>
       <c r="G172" s="0" t="s">
-        <v>177</v>
+        <v>221</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I172" s="0" t="s">
-        <v>96</v>
+        <v>74</v>
       </c>
       <c r="J172" s="0" t="s">
-        <v>31</v>
+        <v>87</v>
       </c>
       <c r="K172" s="0" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="L172" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M172" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N172" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O172" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P172" s="0" t="s">
-        <v>1266</v>
+        <v>35</v>
       </c>
       <c r="Q172" s="0">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="R172" s="0" t="s">
-        <v>98</v>
+        <v>1282</v>
       </c>
       <c r="S172" s="0" t="s">
         <v>99</v>
       </c>
       <c r="T172" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U172" s="0" t="s">
-        <v>1267</v>
+        <v>1283</v>
       </c>
       <c r="V172" s="0" t="s">
-        <v>1268</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="173" spans="1:22">
       <c r="A173" s="0" t="s">
-        <v>1269</v>
+        <v>1285</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>1270</v>
+        <v>1286</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>57</v>
+        <v>330</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>1271</v>
+        <v>1287</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>1272</v>
+        <v>183</v>
       </c>
       <c r="F173" s="0" t="s">
-        <v>1273</v>
+        <v>441</v>
       </c>
       <c r="G173" s="0" t="s">
-        <v>1274</v>
+        <v>150</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I173" s="0" t="s">
-        <v>1114</v>
+        <v>30</v>
       </c>
       <c r="J173" s="0" t="s">
-        <v>1275</v>
+        <v>61</v>
       </c>
       <c r="K173" s="0" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="L173" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M173" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N173" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="O173" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P173" s="0" t="s">
-        <v>574</v>
+        <v>1288</v>
       </c>
       <c r="Q173" s="0">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="R173" s="0" t="s">
-        <v>487</v>
+        <v>1289</v>
       </c>
       <c r="S173" s="0" t="s">
-        <v>110</v>
+        <v>78</v>
       </c>
       <c r="T173" s="0" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="U173" s="0" t="s">
-        <v>1276</v>
+        <v>1290</v>
       </c>
       <c r="V173" s="0" t="s">
-        <v>1277</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="174" spans="1:22">
       <c r="A174" s="0" t="s">
-        <v>1278</v>
+        <v>1292</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>1279</v>
+        <v>1293</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>401</v>
+        <v>84</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>508</v>
+        <v>84</v>
       </c>
       <c r="F174" s="0" t="s">
-        <v>284</v>
+        <v>512</v>
       </c>
       <c r="G174" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I174" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J174" s="0" t="s">
-        <v>239</v>
+        <v>513</v>
       </c>
       <c r="K174" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L174" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="M174" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N174" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O174" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P174" s="0" t="s">
-        <v>1280</v>
+        <v>88</v>
       </c>
       <c r="Q174" s="0">
-        <v>1999</v>
+        <v>2005</v>
       </c>
       <c r="R174" s="0" t="s">
-        <v>1281</v>
+        <v>98</v>
       </c>
       <c r="S174" s="0" t="s">
-        <v>403</v>
+        <v>99</v>
       </c>
       <c r="T174" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U174" s="0" t="s">
-        <v>1282</v>
+        <v>1294</v>
       </c>
       <c r="V174" s="0" t="s">
-        <v>1283</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="175" spans="1:22">
       <c r="A175" s="0" t="s">
-        <v>1284</v>
+        <v>1296</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>1285</v>
+        <v>1297</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>1286</v>
+        <v>57</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>1287</v>
+        <v>211</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>315</v>
+        <v>212</v>
       </c>
       <c r="F175" s="0" t="s">
-        <v>1288</v>
+        <v>176</v>
       </c>
       <c r="G175" s="0" t="s">
-        <v>1289</v>
+        <v>323</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I175" s="0" t="s">
-        <v>606</v>
+        <v>30</v>
       </c>
       <c r="J175" s="0" t="s">
-        <v>1063</v>
+        <v>48</v>
       </c>
       <c r="K175" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L175" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M175" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N175" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="O175" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="P175" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q175" s="0">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="R175" s="0" t="s">
-        <v>575</v>
+        <v>98</v>
       </c>
       <c r="S175" s="0" t="s">
-        <v>419</v>
+        <v>213</v>
       </c>
       <c r="T175" s="0" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="U175" s="0" t="s">
-        <v>1290</v>
+        <v>1298</v>
       </c>
       <c r="V175" s="0" t="s">
-        <v>1291</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="176" spans="1:22">
       <c r="A176" s="0" t="s">
-        <v>1292</v>
+        <v>1300</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>1293</v>
+        <v>1301</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>330</v>
+        <v>136</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>1294</v>
+        <v>1302</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>1105</v>
+        <v>84</v>
       </c>
       <c r="F176" s="0" t="s">
-        <v>150</v>
+        <v>1303</v>
       </c>
       <c r="G176" s="0" t="s">
-        <v>150</v>
+        <v>1304</v>
       </c>
       <c r="H176" s="0" t="s">
-        <v>664</v>
+        <v>7</v>
       </c>
       <c r="I176" s="0" t="s">
-        <v>96</v>
+        <v>30</v>
       </c>
       <c r="J176" s="0" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="K176" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L176" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M176" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N176" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O176" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P176" s="0" t="s">
-        <v>1295</v>
+        <v>1200</v>
       </c>
       <c r="Q176" s="0">
         <v>2015</v>
       </c>
       <c r="R176" s="0" t="s">
-        <v>1296</v>
+        <v>655</v>
       </c>
       <c r="S176" s="0" t="s">
-        <v>1297</v>
+        <v>142</v>
       </c>
       <c r="T176" s="0" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="U176" s="0" t="s">
-        <v>1298</v>
+        <v>1305</v>
       </c>
       <c r="V176" s="0" t="s">
-        <v>1299</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="177" spans="1:22">
       <c r="A177" s="0" t="s">
-        <v>1300</v>
+        <v>1307</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>1301</v>
+        <v>1308</v>
       </c>
       <c r="C177" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="D177" s="0" t="s">
+        <v>918</v>
+      </c>
+      <c r="E177" s="0" t="s">
+        <v>1309</v>
+      </c>
+      <c r="F177" s="0" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G177" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="H177" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="I177" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="J177" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="K177" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="L177" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="M177" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="N177" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="O177" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="P177" s="0" t="s">
+        <v>1311</v>
+      </c>
+      <c r="Q177" s="0">
+        <v>2015</v>
+      </c>
+      <c r="R177" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="S177" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="T177" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="U177" s="0" t="s">
+        <v>1312</v>
+      </c>
+      <c r="V177" s="0" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="178" spans="1:22">
+      <c r="A178" s="0" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B178" s="0" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C178" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="D178" s="0" t="s">
+        <v>1316</v>
+      </c>
+      <c r="E178" s="0" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F178" s="0" t="s">
+        <v>1318</v>
+      </c>
+      <c r="G178" s="0" t="s">
+        <v>1319</v>
+      </c>
+      <c r="H178" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="I178" s="0" t="s">
+        <v>1150</v>
+      </c>
+      <c r="J178" s="0" t="s">
+        <v>1320</v>
+      </c>
+      <c r="K178" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="L178" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="M178" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="N178" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="O178" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="P178" s="0" t="s">
+        <v>595</v>
+      </c>
+      <c r="Q178" s="0">
+        <v>2019</v>
+      </c>
+      <c r="R178" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="S178" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="T178" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="U178" s="0" t="s">
+        <v>1321</v>
+      </c>
+      <c r="V178" s="0" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="179" spans="1:22">
+      <c r="A179" s="0" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B179" s="0" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C179" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D179" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="E179" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="F179" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="G179" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="H179" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="I179" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="J179" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="K179" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="L179" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="M179" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="N179" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="O179" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="P179" s="0" t="s">
+        <v>1325</v>
+      </c>
+      <c r="Q179" s="0">
+        <v>1999</v>
+      </c>
+      <c r="R179" s="0" t="s">
+        <v>1326</v>
+      </c>
+      <c r="S179" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="T179" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="U179" s="0" t="s">
+        <v>1327</v>
+      </c>
+      <c r="V179" s="0" t="s">
+        <v>1328</v>
+      </c>
+    </row>
+    <row r="180" spans="1:22">
+      <c r="A180" s="0" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B180" s="0" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C180" s="0" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D180" s="0" t="s">
+        <v>1332</v>
+      </c>
+      <c r="E180" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="F180" s="0" t="s">
+        <v>1333</v>
+      </c>
+      <c r="G180" s="0" t="s">
+        <v>1334</v>
+      </c>
+      <c r="H180" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="I180" s="0" t="s">
+        <v>627</v>
+      </c>
+      <c r="J180" s="0" t="s">
+        <v>1099</v>
+      </c>
+      <c r="K180" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="L180" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="M180" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="N180" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="O180" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="P180" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q180" s="0">
+        <v>2022</v>
+      </c>
+      <c r="R180" s="0" t="s">
+        <v>596</v>
+      </c>
+      <c r="S180" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="T180" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="U180" s="0" t="s">
+        <v>1335</v>
+      </c>
+      <c r="V180" s="0" t="s">
+        <v>1336</v>
+      </c>
+    </row>
+    <row r="181" spans="1:22">
+      <c r="A181" s="0" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B181" s="0" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C181" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="D181" s="0" t="s">
+        <v>1339</v>
+      </c>
+      <c r="E181" s="0" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F181" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="G181" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="H181" s="0" t="s">
+        <v>493</v>
+      </c>
+      <c r="I181" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="J181" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="K181" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="L181" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="M181" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="N181" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="O181" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="P181" s="0" t="s">
+        <v>1340</v>
+      </c>
+      <c r="Q181" s="0">
+        <v>2015</v>
+      </c>
+      <c r="R181" s="0" t="s">
+        <v>1341</v>
+      </c>
+      <c r="S181" s="0" t="s">
+        <v>1342</v>
+      </c>
+      <c r="T181" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="U181" s="0" t="s">
+        <v>1343</v>
+      </c>
+      <c r="V181" s="0" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="182" spans="1:22">
+      <c r="A182" s="0" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B182" s="0" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C182" s="0" t="s">
         <v>364</v>
       </c>
-      <c r="D177" s="0" t="s">
+      <c r="D182" s="0" t="s">
         <v>341</v>
       </c>
-      <c r="E177" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F177" s="0" t="s">
+      <c r="E182" s="0" t="s">
+        <v>660</v>
+      </c>
+      <c r="F182" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="G177" s="0" t="s">
+      <c r="G182" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="H177" s="0" t="s">
+      <c r="H182" s="0" t="s">
         <v>29</v>
       </c>
-      <c r="I177" s="0" t="s">
-[...2 lines deleted...]
-      <c r="J177" s="0" t="s">
+      <c r="I182" s="0" t="s">
+        <v>1347</v>
+      </c>
+      <c r="J182" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="K177" s="0" t="s">
+      <c r="K182" s="0" t="s">
         <v>127</v>
       </c>
-      <c r="L177" s="0" t="s">
-[...11 lines deleted...]
-      <c r="P177" s="0" t="s">
+      <c r="L182" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="M182" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="N182" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="O182" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="P182" s="0" t="s">
         <v>35</v>
       </c>
-      <c r="Q177" s="0">
+      <c r="Q182" s="0">
         <v>2016</v>
       </c>
-      <c r="R177" s="0" t="s">
+      <c r="R182" s="0" t="s">
         <v>402</v>
       </c>
-      <c r="S177" s="0" t="s">
+      <c r="S182" s="0" t="s">
         <v>403</v>
       </c>
-      <c r="T177" s="0" t="s">
+      <c r="T182" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="U177" s="0" t="s">
-[...3 lines deleted...]
-        <v>1304</v>
+      <c r="U182" s="0" t="s">
+        <v>1348</v>
+      </c>
+      <c r="V182" s="0" t="s">
+        <v>1349</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
@@ -16895,32 +17380,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Plants</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Plant_Select_Plants2025-11-24</dc:title>
+  <dc:title>Plant_Select_Plants2026-01-21</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>