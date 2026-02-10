--- v3 (2026-01-21)
+++ v4 (2026-02-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plants" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1350">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1349">
   <si>
     <t>Common Name</t>
   </si>
   <si>
     <t>Bontanic Name</t>
   </si>
   <si>
     <t>Plant Type</t>
   </si>
   <si>
     <t>Height</t>
   </si>
   <si>
     <t>Width</t>
   </si>
   <si>
     <t>Flowering Season</t>
   </si>
   <si>
     <t>Flower Color</t>
   </si>
   <si>
     <t>Sun</t>
   </si>
   <si>
@@ -1392,51 +1392,51 @@
   </si>
   <si>
     <t>2+ feet</t>
   </si>
   <si>
     <t>Mow late May through August or do nothing for wildscape effect.</t>
   </si>
   <si>
     <t>Follow annual maintenance. This is an excellent, long lasting groundcover or turf. Prevent from spreading out of bounds with a boarder of taller perennials.</t>
   </si>
   <si>
     <t>&lt;strong&gt;Dog Tuff™ grass&lt;/strong&gt; is a fabulous, low-water lawn grass for high traffic areas. It's named for its exceptional durability in yards with dogs. A sterile hybrid African form that spreads via runners, this grass is similar to American buffalo grass, but it's more resilient to wear and tear. Once established, it is highly weed-resistant, deep rooted and provides a soft, cushioned feel for bare feet. A warm-season grass, Dog Tuff™ turns green in late spring and goes dormant in mid-autumn. Drought tolerant, resistant to dog urine, and useful for erosion control. &lt;br&gt;&lt;br&gt;&lt;strong&gt;Additional resources:&lt;/strong&gt;&lt;br&gt;
 -- &lt;a href="https://plantselect.org/where-to-buy/where-to-buy-dog-tuff-grass/"&gt;Where to buy Dog Tuff™ grass&lt;/a&gt;&lt;br&gt;
 -- &lt;a href="/learn/dog-tuff-grass-everything-you-need-to-know/"&gt;Installing and maintaining Dog Tuff™&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://plantselect.org/cynodon-pwin04s</t>
   </si>
   <si>
     <t>DREW'S FOLLY™ Hardy Snapdragon</t>
   </si>
   <si>
     <t>Antirrhinum sempervirens 'P020S'</t>
   </si>
   <si>
-    <t>12 inches</t>
+    <t>15 inches</t>
   </si>
   <si>
     <t>Moderate-low water</t>
   </si>
   <si>
     <t>Trim back in spring</t>
   </si>
   <si>
     <t>Follow annual maintenance and replace plants if needed</t>
   </si>
   <si>
     <t>Up to 5280 ft</t>
   </si>
   <si>
     <t>This hardy perennial flowers so heavily that when in
 full bloom, its foliage is almost completely masked.
 Drew's Folly is a natural for the rock garden or edge of a
 flagstone patio. This plant will thrive in a wide range of
 soil types, in dry conditions with occasional irrigation,
 with very little maintenance required.</t>
   </si>
   <si>
     <t>http://plantselect.org/antirrhinum-sempervirens-p020s</t>
   </si>
   <si>
@@ -1653,50 +1653,53 @@
     <t>Zones 3b-9</t>
   </si>
   <si>
     <t>Prune back hard in spring.</t>
   </si>
   <si>
     <t xml:space="preserve">A clump-forming dianthus with flowers that change from pure white to deep rose.  There is a constant succession of bloom from April to frost.  Intensely fragrant with attractive mounds of foliage in winter.  Perennial.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Judicious deadheading will ensure a long blooming season.  Although short-lived, clumps can persist for two, three, or more years.  
 </t>
   </si>
   <si>
     <t>http://plantselect.org/dianthus</t>
   </si>
   <si>
     <t>FLATIRON™ sand cherry</t>
   </si>
   <si>
     <t>Prunus pumila var. besseyi 'Boulder Weeping'</t>
   </si>
   <si>
     <t>Deciduous shrub</t>
   </si>
   <si>
+    <t>12 inches</t>
+  </si>
+  <si>
     <t>Sun, Part Sun, Part Shade</t>
   </si>
   <si>
     <t>Moderate, dry, xeric</t>
   </si>
   <si>
     <t>CO,IA,IL,IN,KS,MI,MN,MT,ND,NE,OH,OR,SD,UT,WI,WY</t>
   </si>
   <si>
     <t>After it's mature, select a few larger branches and prune them off to about 6" above ground. Let the plant rejuvenate.</t>
   </si>
   <si>
     <t>In the spring, trim all height back to less than 8-12" and allow it to rejuvenate. (If you do annual maintenance, this care likely won't be needed.)</t>
   </si>
   <si>
     <t>Up to 8000 feet</t>
   </si>
   <si>
     <t xml:space="preserve">&lt;strong&gt;FLATIRON™ sand cherry&lt;/strong&gt; is a ground-hugging native shrub reaching about one foot tall and six to eight feet wide. Horticulturist Scott Skogerboe selected it from the wild for its low stature and brilliant red fall color. FLATIRON™ makes a wonderful groundcover. It tolerates inhospitable conditions, including heat and low water.
 &lt;br&gt;&lt;br&gt;
 Its glossy green leaves are topped with white flowers that are of special value to native bees in the spring. During summer, it can happily produce fruit for birds. In the fall, it turns a gorgeous red color. </t>
   </si>
   <si>
     <t>http://plantselect.org/prunus-pumila-var-besseyi-boulder-weeping</t>
   </si>
@@ -1872,53 +1875,50 @@
 Tips from the pros: This plant is mostly maintenance free.  It will rebloom even without deadheading.  </t>
   </si>
   <si>
     <t>http://plantselect.org/heterotheca-jonesii-x-villosa-goldhill</t>
   </si>
   <si>
     <t>Grand Mesa beardtongue</t>
   </si>
   <si>
     <t>Penstemon mensarum</t>
   </si>
   <si>
     <t>Stunning cobalt blue spikes in early spring last for nearly two months. Dense mat of evergreen rosettes turns a lovely orange-red in winter. This close cousin to ‘Bandera' blooms almost a month earlier, extending the season. Restricted to Western Colorado in the wild.
 &lt;br/&gt;
 &lt;br/&gt;
 Tips from the pros:  May reseed some. Deadhead for the first two years to avoid seed set - will result in a stronger plant. Thrives in disturbed soils - aerate surrounding soil with push aerator or spading fork from time to time.</t>
   </si>
   <si>
     <t>http://plantselect.org/penstemon-mensarum</t>
   </si>
   <si>
     <t>GRANITA® Orange ice plant</t>
   </si>
   <si>
     <t>Delosperma ‘PJS02S'</t>
-  </si>
-[...1 lines deleted...]
-    <t>1-22 inches</t>
   </si>
   <si>
     <t>Spring-fall</t>
   </si>
   <si>
     <t xml:space="preserve">Have your granita and eat it too! This high performing new ice plant, like it's kin GRANITA® Raspberry, closely hugs the ground, vigorously spreads and is densely covered with large flowers in varying shades of rusty orange that are at once bright, earthy and iridescent. A beautiful way to enhance your garden, provide nectar for bees, and save water at the same time. </t>
   </si>
   <si>
     <t>http://plantselect.org/delosperma-pjs02s</t>
   </si>
   <si>
     <t>GRANITA® pussytoes</t>
   </si>
   <si>
     <t>Antennaria dimorpha 'PJS03S'</t>
   </si>
   <si>
     <t>Evergreen perennial</t>
   </si>
   <si>
     <t>12-15 inches</t>
   </si>
   <si>
     <t>CA,CO,ID,MT,NE,NM,NV,OR,UT,WA,WY</t>
   </si>
@@ -2123,51 +2123,51 @@
   <si>
     <t xml:space="preserve">&lt;strong&gt;Indigo blue dragonhead&lt;/strong&gt; is an easy to grow, tidy and mounding perennial. It has needle-like leaves and dark blue flowers that are speckled and quite fragrant. This perennial will thrive in a dry meadow or rock garden setting. It's tolerant of a wide range of soil types. </t>
   </si>
   <si>
     <t>http://plantselect.org/dracocephalum-ruyschiana</t>
   </si>
   <si>
     <t>KANNAH CREEK® buckwheat</t>
   </si>
   <si>
     <t>Eriogonum umbellatum var. aureum 'Psdowns'</t>
   </si>
   <si>
     <t>zones 3-8</t>
   </si>
   <si>
     <t>CO,ID,MT,NV,OR,UT,WY</t>
   </si>
   <si>
     <t>Cut back/shear off spent flower heads every fall. Or leave for winter interest and shear in March.</t>
   </si>
   <si>
     <t>&lt;strong&gt;KANNAH CREEK&lt;sup&gt;®&lt;/sup&gt; buckwheat&lt;/strong&gt; has masses of yellow flowers that turn orange as they age. Spreading green foliage changes to a vivid purple-red in winter. Vigorous and adaptable western native. Perennial. &lt;a href="/plantstories/a-grand-plant-from-grand-mesa/" target="_blank"&gt;Read the story on this perennial here&lt;/a&gt;.
 &lt;/br&gt;
 &lt;/br&gt;
-&lt;strong&gt;Tips from the pros:&lt;/strong&gt; When sited properly, KANNAH CREEK&lt;sup&gt;®&lt;/sup&gt; buckwheat requires very little attention. Not well suited to areas that are frequently irrigated, poorly drained, or soils highly highly amended with organic materials.</t>
+&lt;strong&gt;Tips from the pros:&lt;/strong&gt; When sited properly, KANNAH CREEK&lt;sup&gt;®&lt;/sup&gt; buckwheat requires very little attention. Not well suited to areas that are frequently irrigated, poorly drained, or soils highly highly amended with organic materials.&lt;Br&gt;&lt;Br&gt;&lt;a href="https://plantselect.org/plantstories/a-grand-plant-from-grand-mesa/"&gt;View the plant story here &gt;&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://plantselect.org/eriogonum-umbellatum-var-aureum-psdowns</t>
   </si>
   <si>
     <t>KINTZLEY'S GHOST® honeysuckle</t>
   </si>
   <si>
     <t>Lonicera reticulata 'P015S'</t>
   </si>
   <si>
     <t>Vine</t>
   </si>
   <si>
     <t>8-12 feet</t>
   </si>
   <si>
     <t>3-6 feet</t>
   </si>
   <si>
     <t>June, showy bracts through fall</t>
   </si>
   <si>
     <t>AR,GA,IA,IL,IN,KS,KY,MA,MI,MN,MO,NY,OH,OK,TN,WI</t>
   </si>
@@ -3352,53 +3352,50 @@
   </si>
   <si>
     <t>Trim to shape in spring. Deadhead flowers to maintain a longer bloom cycle.</t>
   </si>
   <si>
     <t>Same as annual maintenance</t>
   </si>
   <si>
     <t>up to 6200'</t>
   </si>
   <si>
     <t>&lt;strong&gt;SARADA'S™ Greek mountain tea&lt;/strong&gt; is a striking replacement for traditional lamb's ear plant. This beauty has the soft leaves of lamb's ear, but it stays compact, doesn't run and resists disease. And it's typically both rabbit and deer resistant! 
 &lt;br&gt;&lt;br&gt;
 This low-water perennial has soft, silver-gray foliage with a light yellow flower. Flowers and foliage radiate out from a central point creating a very pleasing form. With its light foliage and flowers, it pairs beautifully with a variety of other flower plants, particularly those with pink, purple and magenta blooms.</t>
   </si>
   <si>
     <t>http://plantselect.org/sideritis-syriaca-p023s</t>
   </si>
   <si>
     <t>Scott's sugarbowls</t>
   </si>
   <si>
     <t>Clematis hirsutissima var. scottii</t>
   </si>
   <si>
-    <t>15 inches</t>
-[...1 lines deleted...]
-  <si>
     <t>CO,NE,NM,OK,SD,UT,WY</t>
   </si>
   <si>
     <t xml:space="preserve">Follow annual maintenance. Very long lived plant if sited properly. </t>
   </si>
   <si>
     <t xml:space="preserve">Long-blooming Scott's sugarbowls make a mound of blue-green, lacy foliage, topped in late spring and early summer by large, nodding blue flowers. Bees and bumblebees frequent the bell-shaped blossoms. Shimmering golden seed heads follow suit. 
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Slow to establish but very long-lived.  </t>
   </si>
   <si>
     <t>http://plantselect.org/clematis-hirsutissima-var-scottii</t>
   </si>
   <si>
     <t>Sea Foam sage</t>
   </si>
   <si>
     <t>Artemisia versicolor 'Sea Foam'</t>
   </si>
   <si>
     <t>Prune back hard in spring if needed</t>
   </si>
   <si>
     <t>&lt;strong&gt;Sea Foam sage&lt;/strong&gt; is a vigorous, attractive groundcover with lacy, mounding foliage in a silvery blue hue. Good winter presence. Clump forming and non-invasive. Perennial. Xeriscape.
@@ -3561,51 +3558,51 @@
   <si>
     <t>http://plantselect.org/salvia-argentea</t>
   </si>
   <si>
     <t>Silver Shield French sorrel</t>
   </si>
   <si>
     <t>Rumex scutatus 'Silver Shield'</t>
   </si>
   <si>
     <t>Herbaceous perennial</t>
   </si>
   <si>
     <t>Light pink (Inconspicuous)</t>
   </si>
   <si>
     <t xml:space="preserve">Zones 5b-9 </t>
   </si>
   <si>
     <t>Trim back any time to shape. Cut back annually in the spring.</t>
   </si>
   <si>
     <t>Up to 7200 feet</t>
   </si>
   <si>
-    <t>This striking perennial herb forms a rounded mound of silvery, shield-shaped leaves that brighten dry, shady spots, as well as sunny areas.&lt;br&gt;&lt;br&gt;Easy to grow and drought-tolerant, &lt;strong&gt;Silver Shield French sorrel&lt;/strong&gt; adapts to most soils&amp;mdash;though, it will grow best in loam. It performs well from sun to part shade. Use it as an accent, groundcover, or in containers. It has edible, tangy leaves with a citrus flavor.&lt;br&gt;&lt;br&gt;&lt;strong&gt;Pro tip:&lt;/strong&gt; Trim it back at any time during the growing season to shape it how you desire.</t>
+    <t>This striking perennial herb forms a rounded mound of silvery, shield-shaped leaves that brighten dry, shady spots, as well as sunny areas.&lt;br&gt;&lt;br&gt;Easy to grow and drought-tolerant, &lt;strong&gt;Silver Shield French sorrel&lt;/strong&gt; adapts to most soils&amp;mdash;though, it will grow best in loam. It performs well from sun to part shade. Use it as an accent, groundcover, or in containers.&lt;br&gt;&lt;br&gt;Beyond its ornamental value, the leaves are edible and pleasantly sour due to naturally-occurring oxalic acid. They can lend a bright, tangy flavor when used sparingly.&lt;br&gt;&lt;br&gt;&lt;strong&gt;Pro tip:&lt;/strong&gt; Trim this plant back at any time during the growing season to shape it how you desire.&lt;br&gt;&lt;br&gt;&lt;a href="https://plantselect.org/plantstories/spice-up-your-garden-and-your-salad-with-silver-shield-french-sorrel/"&gt;Read the plant story &gt;&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://plantselect.org/rumex-scutatus-silver-shield</t>
   </si>
   <si>
     <t>SILVER TOTEM® buffaloberry</t>
   </si>
   <si>
     <t xml:space="preserve">Shepherdia argentea 'Totem' </t>
   </si>
   <si>
     <t>shrub/small tree</t>
   </si>
   <si>
     <t>3 feet</t>
   </si>
   <si>
     <t>AZ,CA,CO,ID,KS,MI,MN,MT,ND,NE,NM,NY,OR,SD,UT,WY</t>
   </si>
   <si>
     <t>Up to 7000 ft</t>
   </si>
   <si>
     <t>SILVER TOTEM® buffaloberry has an upright, columnar growth habit, making it idea for many uses from accents, to hedges, to colonnades lining walkways, or separating the "rooms" of your garden. Small clusters of tiny yellow flowers appear in early spring before the narrow, silvery leaves emerge. It is ideal for sunny, dry locations. It will tolerate heat and drought, but it does equally well in moist conditions. &lt;br&gt;&lt;br&gt;&lt;a href="https://plantselect.org/plantstories/silver-totem-buffaloberry/"&gt;Read the story about this buffaloberry here.&lt;/a&gt;</t>
   </si>
@@ -4252,56 +4249,56 @@
   <si>
     <t>UNFORGETTABLE™ hummingbird trumpet</t>
   </si>
   <si>
     <t>Epilobium x canum ‘PUND03S'</t>
   </si>
   <si>
     <t>24 inches</t>
   </si>
   <si>
     <t>August to frost</t>
   </si>
   <si>
     <t>Scarlet</t>
   </si>
   <si>
     <t>AZ,CA,ID,NM,NV,OR,UT,WY</t>
   </si>
   <si>
     <t xml:space="preserve">Cut back annually in the spring. </t>
   </si>
   <si>
     <t>2500-6000 feet</t>
   </si>
   <si>
-    <t xml:space="preserve">&lt;strong&gt;UNFORGETTABLE™ hummingbird trumpet&lt;/strong&gt; is a gorgeous season extender.
+    <t>&lt;strong&gt;UNFORGETTABLE™ hummingbird trumpet&lt;/strong&gt; is a gorgeous season extender.
 This perennial has intense scarlet flowers that will light up your perennial border or waterwise garden all autumn. 
 &lt;br&gt;&lt;br&gt;
 Hummingbird trumpet is native to much of the western United States. Plantswoman Lauren Springer made this selection for its late season interest, profuse flowering, upright form and an exceptional ability to attract hummingbirds!
 &lt;br&gt;&lt;br&gt;
-UNFORGETTABLE™ has a different look than our &lt;a href="https://plantselect.org/plant/epilobium-canum-subsp-garrettii-pwwg01s/"&gt;ORANGE CARPET® hummingbird trumpet&lt;/a&gt;. It has a full, tidy and upright form, growing up to two feet tall. The foliage is narrower and more symmetrical, and it has lengthy flowers. It fills a different niche in garden design. </t>
+UNFORGETTABLE™ has a different look than our &lt;a href="https://plantselect.org/plant/epilobium-canum-subsp-garrettii-pwwg01s/"&gt;ORANGE CARPET® hummingbird trumpet&lt;/a&gt;. It has a full, tidy and upright form, growing up to two feet tall. The foliage is narrower and more symmetrical, and it has lengthy flowers. It fills a different niche in garden design. &lt;Br&gt;&lt;Br&gt;&lt;a href="https://plantselect.org/plantstories/unforgettabletm-hummingbird-trumpet-steals-the-autumn-show/"&gt;Read the plant story here &gt;&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://plantselect.org/epilobium-x-canum-pund03s</t>
   </si>
   <si>
     <t>VALLEY LAVENDER™ plains verbena</t>
   </si>
   <si>
     <t>Verbena bipinnatifida</t>
   </si>
   <si>
     <t>AL,AZ,CA,CO,GA,IN,KS,KY,LA,MD,MO,MS,NE,NM,OK,TN,TX,WI,WY</t>
   </si>
   <si>
     <t>Trim back in spring.</t>
   </si>
   <si>
     <t xml:space="preserve">Vibrant lavender flower clusters are held erect above spreading stems with deeply cut leaves.  This beautiful groundcover blooms from late spring through frost.  A durable Great Plains perennial that is attractive to butterflies. Read more &lt;a href="/plantstories/valley-lavender-plains-verbena-gem-of-the-prairie/" target="_blank"&gt;here&lt;/a&gt;.
 &lt;/br&gt;
 &lt;/br&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; Prefers well-drained, native soil. For best appearance, be sure to give it plenty of sun and avoid excessive watering. </t>
   </si>
   <si>
     <t>http://plantselect.org/verbena-bipinnatifida</t>
   </si>
@@ -8508,589 +8505,589 @@
       </c>
       <c r="S52" s="0" t="s">
         <v>110</v>
       </c>
       <c r="T52" s="0" t="s">
         <v>65</v>
       </c>
       <c r="U52" s="0" t="s">
         <v>488</v>
       </c>
       <c r="V52" s="0" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="53" spans="1:22">
       <c r="A53" s="0" t="s">
         <v>490</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>491</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>492</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>416</v>
+        <v>493</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>268</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="I53" s="0" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="J53" s="0" t="s">
         <v>61</v>
       </c>
       <c r="K53" s="0" t="s">
         <v>127</v>
       </c>
       <c r="L53" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M53" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N53" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O53" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P53" s="0" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="Q53" s="0">
         <v>2026</v>
       </c>
       <c r="R53" s="0" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="S53" s="0" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="T53" s="0" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="U53" s="0" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="V53" s="0" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
     </row>
     <row r="54" spans="1:22">
       <c r="A54" s="0" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="0" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="J54" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K54" s="0" t="s">
         <v>204</v>
       </c>
       <c r="L54" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M54" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N54" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O54" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P54" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q54" s="0">
         <v>2022</v>
       </c>
       <c r="R54" s="0" t="s">
         <v>418</v>
       </c>
       <c r="S54" s="0" t="s">
         <v>419</v>
       </c>
       <c r="T54" s="0" t="s">
         <v>131</v>
       </c>
       <c r="U54" s="0" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="V54" s="0" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
     </row>
     <row r="55" spans="1:22">
       <c r="A55" s="0" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>84</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>84</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I55" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J55" s="0" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K55" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L55" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M55" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N55" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O55" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P55" s="0" t="s">
         <v>88</v>
       </c>
       <c r="Q55" s="0">
         <v>2005</v>
       </c>
       <c r="R55" s="0" t="s">
         <v>98</v>
       </c>
       <c r="S55" s="0" t="s">
         <v>99</v>
       </c>
       <c r="T55" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U55" s="0" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="V55" s="0" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
     </row>
     <row r="56" spans="1:22">
       <c r="A56" s="0" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>136</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J56" s="0" t="s">
         <v>249</v>
       </c>
       <c r="K56" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L56" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M56" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N56" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O56" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P56" s="0" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="Q56" s="0">
         <v>2006</v>
       </c>
       <c r="R56" s="0" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="S56" s="0" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="T56" s="0" t="s">
         <v>79</v>
       </c>
       <c r="U56" s="0" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="V56" s="0" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="57" spans="1:22">
       <c r="A57" s="0" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>176</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>107</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I57" s="0" t="s">
         <v>74</v>
       </c>
       <c r="J57" s="0" t="s">
         <v>75</v>
       </c>
       <c r="K57" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L57" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M57" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N57" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O57" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P57" s="0" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="Q57" s="0">
         <v>2014</v>
       </c>
       <c r="R57" s="0" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="S57" s="0" t="s">
         <v>99</v>
       </c>
       <c r="T57" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U57" s="0" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="V57" s="0" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="58" spans="1:22">
       <c r="A58" s="0" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>105</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>342</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>268</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>107</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J58" s="0" t="s">
         <v>61</v>
       </c>
       <c r="K58" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L58" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M58" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N58" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O58" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P58" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q58" s="0">
         <v>2020</v>
       </c>
       <c r="R58" s="0" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="S58" s="0" t="s">
         <v>78</v>
       </c>
       <c r="T58" s="0" t="s">
         <v>206</v>
       </c>
       <c r="U58" s="0" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="V58" s="0" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
     </row>
     <row r="59" spans="1:22">
       <c r="A59" s="0" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>95</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>107</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I59" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J59" s="0" t="s">
         <v>97</v>
       </c>
       <c r="K59" s="0" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="L59" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M59" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N59" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O59" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P59" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q59" s="0">
         <v>2011</v>
       </c>
       <c r="R59" s="0" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="S59" s="0" t="s">
         <v>110</v>
       </c>
       <c r="T59" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U59" s="0" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="V59" s="0" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
     </row>
     <row r="60" spans="1:22">
       <c r="A60" s="0" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>364</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>107</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I60" s="0" t="s">
         <v>74</v>
       </c>
       <c r="J60" s="0" t="s">
         <v>249</v>
       </c>
       <c r="K60" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L60" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M60" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N60" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O60" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P60" s="0" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="Q60" s="0">
         <v>2015</v>
       </c>
       <c r="R60" s="0" t="s">
         <v>402</v>
       </c>
       <c r="S60" s="0" t="s">
         <v>403</v>
       </c>
       <c r="T60" s="0" t="s">
         <v>65</v>
       </c>
       <c r="U60" s="0" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="V60" s="0" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
     </row>
     <row r="61" spans="1:22">
       <c r="A61" s="0" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>149</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>298</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>275</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J61" s="0" t="s">
         <v>239</v>
       </c>
@@ -9103,68 +9100,68 @@
       <c r="M61" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N61" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O61" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P61" s="0" t="s">
         <v>250</v>
       </c>
       <c r="Q61" s="0">
         <v>2011</v>
       </c>
       <c r="R61" s="0" t="s">
         <v>98</v>
       </c>
       <c r="S61" s="0" t="s">
         <v>395</v>
       </c>
       <c r="T61" s="0" t="s">
         <v>65</v>
       </c>
       <c r="U61" s="0" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="V61" s="0" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
     </row>
     <row r="62" spans="1:22">
       <c r="A62" s="0" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>560</v>
+        <v>25</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>561</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>308</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I62" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J62" s="0" t="s">
         <v>249</v>
       </c>
       <c r="K62" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L62" s="0" t="s">
         <v>34</v>
       </c>
@@ -9200,54 +9197,54 @@
       </c>
     </row>
     <row r="63" spans="1:22">
       <c r="A63" s="0" t="s">
         <v>564</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>565</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>566</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>567</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>432</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="I63" s="0" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="J63" s="0" t="s">
         <v>75</v>
       </c>
       <c r="K63" s="0" t="s">
         <v>127</v>
       </c>
       <c r="L63" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M63" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N63" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O63" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P63" s="0" t="s">
         <v>568</v>
       </c>
       <c r="Q63" s="0">
         <v>2026</v>
       </c>
@@ -9392,54 +9389,54 @@
       </c>
       <c r="S65" s="0" t="s">
         <v>589</v>
       </c>
       <c r="T65" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U65" s="0" t="s">
         <v>590</v>
       </c>
       <c r="V65" s="0" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="66" spans="1:22">
       <c r="A66" s="0" t="s">
         <v>592</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>593</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>416</v>
+        <v>493</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>594</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I66" s="0" t="s">
         <v>586</v>
       </c>
       <c r="J66" s="0" t="s">
         <v>97</v>
       </c>
       <c r="K66" s="0" t="s">
         <v>324</v>
       </c>
       <c r="L66" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M66" s="0" t="s">
         <v>33</v>
       </c>
@@ -9661,96 +9658,96 @@
       </c>
       <c r="R69" s="0" t="s">
         <v>98</v>
       </c>
       <c r="S69" s="0" t="s">
         <v>619</v>
       </c>
       <c r="T69" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U69" s="0" t="s">
         <v>620</v>
       </c>
       <c r="V69" s="0" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="70" spans="1:22">
       <c r="A70" s="0" t="s">
         <v>622</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>623</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>624</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>59</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>625</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>626</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I70" s="0" t="s">
         <v>627</v>
       </c>
       <c r="J70" s="0" t="s">
         <v>61</v>
       </c>
       <c r="K70" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L70" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M70" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N70" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O70" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P70" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q70" s="0">
         <v>2020</v>
       </c>
       <c r="R70" s="0" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="S70" s="0" t="s">
         <v>78</v>
       </c>
       <c r="T70" s="0" t="s">
         <v>628</v>
       </c>
       <c r="U70" s="0" t="s">
         <v>629</v>
       </c>
       <c r="V70" s="0" t="s">
         <v>630</v>
       </c>
     </row>
     <row r="71" spans="1:22">
       <c r="A71" s="0" t="s">
         <v>631</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>632</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D71" s="0" t="s">
@@ -10137,69 +10134,69 @@
       </c>
       <c r="R76" s="0" t="s">
         <v>98</v>
       </c>
       <c r="S76" s="0" t="s">
         <v>99</v>
       </c>
       <c r="T76" s="0" t="s">
         <v>65</v>
       </c>
       <c r="U76" s="0" t="s">
         <v>673</v>
       </c>
       <c r="V76" s="0" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="77" spans="1:22">
       <c r="A77" s="0" t="s">
         <v>675</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>676</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>105</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>149</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>35</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>677</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>47</v>
       </c>
       <c r="I77" s="0" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="J77" s="0" t="s">
         <v>75</v>
       </c>
       <c r="K77" s="0" t="s">
         <v>127</v>
       </c>
       <c r="L77" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M77" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N77" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O77" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P77" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q77" s="0">
         <v>2020</v>
       </c>
@@ -10220,51 +10217,51 @@
       </c>
     </row>
     <row r="78" spans="1:22">
       <c r="A78" s="0" t="s">
         <v>683</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>684</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>59</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>298</v>
       </c>
       <c r="F78" s="0" t="s">
         <v>455</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>107</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="I78" s="0" t="s">
         <v>685</v>
       </c>
       <c r="J78" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K78" s="0" t="s">
         <v>127</v>
       </c>
       <c r="L78" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M78" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N78" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O78" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P78" s="0" t="s">
         <v>35</v>
       </c>
@@ -10495,51 +10492,51 @@
       <c r="A82" s="0" t="s">
         <v>711</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>712</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>713</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>714</v>
       </c>
       <c r="F82" s="0" t="s">
         <v>715</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>716</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I82" s="0" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="J82" s="0" t="s">
         <v>717</v>
       </c>
       <c r="K82" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L82" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M82" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N82" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O82" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P82" s="0" t="s">
         <v>718</v>
       </c>
       <c r="Q82" s="0">
         <v>2022</v>
       </c>
@@ -10885,96 +10882,96 @@
       </c>
       <c r="R87" s="0" t="s">
         <v>487</v>
       </c>
       <c r="S87" s="0" t="s">
         <v>110</v>
       </c>
       <c r="T87" s="0" t="s">
         <v>751</v>
       </c>
       <c r="U87" s="0" t="s">
         <v>752</v>
       </c>
       <c r="V87" s="0" t="s">
         <v>753</v>
       </c>
     </row>
     <row r="88" spans="1:22">
       <c r="A88" s="0" t="s">
         <v>754</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>755</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>431</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>431</v>
       </c>
       <c r="F88" s="0" t="s">
         <v>756</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I88" s="0" t="s">
         <v>685</v>
       </c>
       <c r="J88" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K88" s="0" t="s">
         <v>127</v>
       </c>
       <c r="L88" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M88" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N88" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O88" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P88" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q88" s="0">
         <v>2020</v>
       </c>
       <c r="R88" s="0" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="S88" s="0" t="s">
         <v>757</v>
       </c>
       <c r="T88" s="0" t="s">
         <v>758</v>
       </c>
       <c r="U88" s="0" t="s">
         <v>759</v>
       </c>
       <c r="V88" s="0" t="s">
         <v>760</v>
       </c>
     </row>
     <row r="89" spans="1:22">
       <c r="A89" s="0" t="s">
         <v>761</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>762</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D89" s="0" t="s">
@@ -11243,51 +11240,51 @@
       <c r="A93" s="0" t="s">
         <v>793</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>794</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>795</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>796</v>
       </c>
       <c r="F93" s="0" t="s">
         <v>797</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>798</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I93" s="0" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="J93" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K93" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L93" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M93" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N93" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O93" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P93" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q93" s="0">
         <v>2022</v>
       </c>
@@ -11701,96 +11698,96 @@
       </c>
       <c r="R99" s="0" t="s">
         <v>98</v>
       </c>
       <c r="S99" s="0" t="s">
         <v>213</v>
       </c>
       <c r="T99" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U99" s="0" t="s">
         <v>833</v>
       </c>
       <c r="V99" s="0" t="s">
         <v>834</v>
       </c>
     </row>
     <row r="100" spans="1:22">
       <c r="A100" s="0" t="s">
         <v>835</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>836</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F100" s="0" t="s">
         <v>837</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I100" s="0" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="J100" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K100" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L100" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M100" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N100" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O100" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P100" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q100" s="0">
         <v>2020</v>
       </c>
       <c r="R100" s="0" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="S100" s="0" t="s">
         <v>78</v>
       </c>
       <c r="T100" s="0" t="s">
         <v>628</v>
       </c>
       <c r="U100" s="0" t="s">
         <v>838</v>
       </c>
       <c r="V100" s="0" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="101" spans="1:22">
       <c r="A101" s="0" t="s">
         <v>840</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>841</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D101" s="0" t="s">
@@ -13196,51 +13193,51 @@
       </c>
       <c r="S121" s="0" t="s">
         <v>110</v>
       </c>
       <c r="T121" s="0" t="s">
         <v>79</v>
       </c>
       <c r="U121" s="0" t="s">
         <v>972</v>
       </c>
       <c r="V121" s="0" t="s">
         <v>973</v>
       </c>
     </row>
     <row r="122" spans="1:22">
       <c r="A122" s="0" t="s">
         <v>974</v>
       </c>
       <c r="B122" s="0" t="s">
         <v>975</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>364</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>193</v>
       </c>
       <c r="F122" s="0" t="s">
         <v>455</v>
       </c>
       <c r="G122" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>47</v>
       </c>
       <c r="I122" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J122" s="0" t="s">
         <v>151</v>
       </c>
       <c r="K122" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L122" s="0" t="s">
         <v>33</v>
       </c>
@@ -13332,249 +13329,249 @@
       </c>
       <c r="S123" s="0" t="s">
         <v>984</v>
       </c>
       <c r="T123" s="0" t="s">
         <v>985</v>
       </c>
       <c r="U123" s="0" t="s">
         <v>986</v>
       </c>
       <c r="V123" s="0" t="s">
         <v>987</v>
       </c>
     </row>
     <row r="124" spans="1:22">
       <c r="A124" s="0" t="s">
         <v>988</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>989</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>364</v>
       </c>
       <c r="D124" s="0" t="s">
+        <v>493</v>
+      </c>
+      <c r="E124" s="0" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>990</v>
       </c>
       <c r="F124" s="0" t="s">
         <v>788</v>
       </c>
       <c r="G124" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I124" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J124" s="0" t="s">
         <v>151</v>
       </c>
       <c r="K124" s="0" t="s">
         <v>127</v>
       </c>
       <c r="L124" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M124" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N124" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O124" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P124" s="0" t="s">
-        <v>991</v>
+        <v>990</v>
       </c>
       <c r="Q124" s="0">
         <v>2013</v>
       </c>
       <c r="R124" s="0" t="s">
         <v>487</v>
       </c>
       <c r="S124" s="0" t="s">
-        <v>992</v>
+        <v>991</v>
       </c>
       <c r="T124" s="0" t="s">
         <v>65</v>
       </c>
       <c r="U124" s="0" t="s">
+        <v>992</v>
+      </c>
+      <c r="V124" s="0" t="s">
         <v>993</v>
-      </c>
-[...1 lines deleted...]
-        <v>994</v>
       </c>
     </row>
     <row r="125" spans="1:22">
       <c r="A125" s="0" t="s">
+        <v>994</v>
+      </c>
+      <c r="B125" s="0" t="s">
         <v>995</v>
-      </c>
-[...1 lines deleted...]
-        <v>996</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D125" s="0" t="s">
         <v>401</v>
       </c>
       <c r="E125" s="0" t="s">
         <v>854</v>
       </c>
       <c r="F125" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G125" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I125" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J125" s="0" t="s">
         <v>48</v>
       </c>
       <c r="K125" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L125" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M125" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N125" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O125" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P125" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q125" s="0">
         <v>2004</v>
       </c>
       <c r="R125" s="0" t="s">
-        <v>997</v>
+        <v>996</v>
       </c>
       <c r="S125" s="0" t="s">
         <v>110</v>
       </c>
       <c r="T125" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U125" s="0" t="s">
+        <v>997</v>
+      </c>
+      <c r="V125" s="0" t="s">
         <v>998</v>
-      </c>
-[...1 lines deleted...]
-        <v>999</v>
       </c>
     </row>
     <row r="126" spans="1:22">
       <c r="A126" s="0" t="s">
+        <v>999</v>
+      </c>
+      <c r="B126" s="0" t="s">
         <v>1000</v>
-      </c>
-[...1 lines deleted...]
-        <v>1001</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>265</v>
       </c>
       <c r="D126" s="0" t="s">
         <v>331</v>
       </c>
       <c r="E126" s="0" t="s">
         <v>267</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>1002</v>
+        <v>1001</v>
       </c>
       <c r="G126" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I126" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J126" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K126" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L126" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M126" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N126" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O126" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P126" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q126" s="0">
         <v>2008</v>
       </c>
       <c r="R126" s="0" t="s">
-        <v>1003</v>
+        <v>1002</v>
       </c>
       <c r="S126" s="0" t="s">
         <v>51</v>
       </c>
       <c r="T126" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U126" s="0" t="s">
+        <v>1003</v>
+      </c>
+      <c r="V126" s="0" t="s">
         <v>1004</v>
-      </c>
-[...1 lines deleted...]
-        <v>1005</v>
       </c>
     </row>
     <row r="127" spans="1:22">
       <c r="A127" s="0" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B127" s="0" t="s">
         <v>1006</v>
-      </c>
-[...1 lines deleted...]
-        <v>1007</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D127" s="0" t="s">
         <v>84</v>
       </c>
       <c r="E127" s="0" t="s">
         <v>211</v>
       </c>
       <c r="F127" s="0" t="s">
         <v>184</v>
       </c>
       <c r="G127" s="0" t="s">
         <v>221</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I127" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J127" s="0" t="s">
         <v>48</v>
       </c>
@@ -13587,62 +13584,62 @@
       <c r="M127" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N127" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O127" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P127" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q127" s="0">
         <v>2007</v>
       </c>
       <c r="R127" s="0" t="s">
         <v>98</v>
       </c>
       <c r="S127" s="0" t="s">
         <v>213</v>
       </c>
       <c r="T127" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U127" s="0" t="s">
+        <v>1007</v>
+      </c>
+      <c r="V127" s="0" t="s">
         <v>1008</v>
-      </c>
-[...1 lines deleted...]
-        <v>1009</v>
       </c>
     </row>
     <row r="128" spans="1:22">
       <c r="A128" s="0" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B128" s="0" t="s">
         <v>1010</v>
-      </c>
-[...1 lines deleted...]
-        <v>1011</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D128" s="0" t="s">
         <v>431</v>
       </c>
       <c r="E128" s="0" t="s">
         <v>431</v>
       </c>
       <c r="F128" s="0" t="s">
         <v>749</v>
       </c>
       <c r="G128" s="0" t="s">
         <v>221</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I128" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J128" s="0" t="s">
         <v>31</v>
       </c>
@@ -13655,1214 +13652,1214 @@
       <c r="M128" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N128" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O128" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P128" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q128" s="0">
         <v>2017</v>
       </c>
       <c r="R128" s="0" t="s">
         <v>98</v>
       </c>
       <c r="S128" s="0" t="s">
         <v>213</v>
       </c>
       <c r="T128" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U128" s="0" t="s">
+        <v>1011</v>
+      </c>
+      <c r="V128" s="0" t="s">
         <v>1012</v>
-      </c>
-[...1 lines deleted...]
-        <v>1013</v>
       </c>
     </row>
     <row r="129" spans="1:22">
       <c r="A129" s="0" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B129" s="0" t="s">
         <v>1014</v>
-      </c>
-[...1 lines deleted...]
-        <v>1015</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E129" s="0" t="s">
         <v>787</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>1016</v>
+        <v>1015</v>
       </c>
       <c r="G129" s="0" t="s">
         <v>107</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I129" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J129" s="0" t="s">
         <v>75</v>
       </c>
       <c r="K129" s="0" t="s">
         <v>127</v>
       </c>
       <c r="L129" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M129" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N129" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O129" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P129" s="0" t="s">
-        <v>1017</v>
+        <v>1016</v>
       </c>
       <c r="Q129" s="0">
         <v>2023</v>
       </c>
       <c r="R129" s="0" t="s">
-        <v>1018</v>
+        <v>1017</v>
       </c>
       <c r="S129" s="0" t="s">
         <v>78</v>
       </c>
       <c r="T129" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U129" s="0" t="s">
+        <v>1018</v>
+      </c>
+      <c r="V129" s="0" t="s">
         <v>1019</v>
-      </c>
-[...1 lines deleted...]
-        <v>1020</v>
       </c>
     </row>
     <row r="130" spans="1:22">
       <c r="A130" s="0" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B130" s="0" t="s">
         <v>1021</v>
-      </c>
-[...1 lines deleted...]
-        <v>1022</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D130" s="0" t="s">
         <v>167</v>
       </c>
       <c r="E130" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F130" s="0" t="s">
         <v>432</v>
       </c>
       <c r="G130" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I130" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J130" s="0" t="s">
         <v>75</v>
       </c>
       <c r="K130" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L130" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M130" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N130" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O130" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P130" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q130" s="0">
         <v>2002</v>
       </c>
       <c r="R130" s="0" t="s">
-        <v>1023</v>
+        <v>1022</v>
       </c>
       <c r="S130" s="0" t="s">
         <v>252</v>
       </c>
       <c r="T130" s="0" t="s">
         <v>65</v>
       </c>
       <c r="U130" s="0" t="s">
+        <v>1023</v>
+      </c>
+      <c r="V130" s="0" t="s">
         <v>1024</v>
-      </c>
-[...1 lines deleted...]
-        <v>1025</v>
       </c>
     </row>
     <row r="131" spans="1:22">
       <c r="A131" s="0" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B131" s="0" t="s">
         <v>1026</v>
-      </c>
-[...1 lines deleted...]
-        <v>1027</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D131" s="0" t="s">
         <v>193</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>1028</v>
+        <v>1027</v>
       </c>
       <c r="F131" s="0" t="s">
         <v>448</v>
       </c>
       <c r="G131" s="0" t="s">
         <v>107</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I131" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J131" s="0" t="s">
-        <v>1029</v>
+        <v>1028</v>
       </c>
       <c r="K131" s="0" t="s">
         <v>204</v>
       </c>
       <c r="L131" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M131" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N131" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O131" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P131" s="0" t="s">
-        <v>1030</v>
+        <v>1029</v>
       </c>
       <c r="Q131" s="0">
         <v>1999</v>
       </c>
       <c r="R131" s="0" t="s">
         <v>98</v>
       </c>
       <c r="S131" s="0" t="s">
         <v>213</v>
       </c>
       <c r="T131" s="0" t="s">
         <v>79</v>
       </c>
       <c r="U131" s="0" t="s">
+        <v>1030</v>
+      </c>
+      <c r="V131" s="0" t="s">
         <v>1031</v>
-      </c>
-[...1 lines deleted...]
-        <v>1032</v>
       </c>
     </row>
     <row r="132" spans="1:22">
       <c r="A132" s="0" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B132" s="0" t="s">
         <v>1033</v>
-      </c>
-[...1 lines deleted...]
-        <v>1034</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>1035</v>
+        <v>1034</v>
       </c>
       <c r="E132" s="0" t="s">
         <v>160</v>
       </c>
       <c r="F132" s="0" t="s">
         <v>45</v>
       </c>
       <c r="G132" s="0" t="s">
         <v>221</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I132" s="0" t="s">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="J132" s="0" t="s">
         <v>75</v>
       </c>
       <c r="K132" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L132" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M132" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N132" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O132" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P132" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q132" s="0">
         <v>1998</v>
       </c>
       <c r="R132" s="0" t="s">
-        <v>1036</v>
+        <v>1035</v>
       </c>
       <c r="S132" s="0" t="s">
         <v>110</v>
       </c>
       <c r="T132" s="0" t="s">
         <v>79</v>
       </c>
       <c r="U132" s="0" t="s">
+        <v>1036</v>
+      </c>
+      <c r="V132" s="0" t="s">
         <v>1037</v>
-      </c>
-[...1 lines deleted...]
-        <v>1038</v>
       </c>
     </row>
     <row r="133" spans="1:22">
       <c r="A133" s="0" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B133" s="0" t="s">
         <v>1039</v>
-      </c>
-[...1 lines deleted...]
-        <v>1040</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D133" s="0" t="s">
         <v>105</v>
       </c>
       <c r="E133" s="0" t="s">
         <v>84</v>
       </c>
       <c r="F133" s="0" t="s">
         <v>220</v>
       </c>
       <c r="G133" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I133" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J133" s="0" t="s">
-        <v>1041</v>
+        <v>1040</v>
       </c>
       <c r="K133" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L133" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M133" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N133" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O133" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P133" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q133" s="0">
         <v>1997</v>
       </c>
       <c r="R133" s="0" t="s">
         <v>98</v>
       </c>
       <c r="S133" s="0" t="s">
         <v>213</v>
       </c>
       <c r="T133" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U133" s="0" t="s">
+        <v>1041</v>
+      </c>
+      <c r="V133" s="0" t="s">
         <v>1042</v>
-      </c>
-[...1 lines deleted...]
-        <v>1043</v>
       </c>
     </row>
     <row r="134" spans="1:22">
       <c r="A134" s="0" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B134" s="0" t="s">
         <v>1044</v>
       </c>
-      <c r="B134" s="0" t="s">
+      <c r="C134" s="0" t="s">
         <v>1045</v>
-      </c>
-[...1 lines deleted...]
-        <v>1046</v>
       </c>
       <c r="D134" s="0" t="s">
         <v>945</v>
       </c>
       <c r="E134" s="0" t="s">
         <v>704</v>
       </c>
       <c r="F134" s="0" t="s">
         <v>432</v>
       </c>
       <c r="G134" s="0" t="s">
-        <v>1047</v>
+        <v>1046</v>
       </c>
       <c r="H134" s="0" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="I134" s="0" t="s">
         <v>706</v>
       </c>
       <c r="J134" s="0" t="s">
-        <v>1048</v>
+        <v>1047</v>
       </c>
       <c r="K134" s="0" t="s">
         <v>127</v>
       </c>
       <c r="L134" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M134" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N134" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O134" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P134" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q134" s="0">
         <v>2026</v>
       </c>
       <c r="R134" s="0" t="s">
+        <v>1048</v>
+      </c>
+      <c r="S134" s="0" t="s">
+        <v>1048</v>
+      </c>
+      <c r="T134" s="0" t="s">
         <v>1049</v>
       </c>
-      <c r="S134" s="0" t="s">
-[...2 lines deleted...]
-      <c r="T134" s="0" t="s">
+      <c r="U134" s="0" t="s">
         <v>1050</v>
       </c>
-      <c r="U134" s="0" t="s">
+      <c r="V134" s="0" t="s">
         <v>1051</v>
-      </c>
-[...1 lines deleted...]
-        <v>1052</v>
       </c>
     </row>
     <row r="135" spans="1:22">
       <c r="A135" s="0" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B135" s="0" t="s">
         <v>1053</v>
       </c>
-      <c r="B135" s="0" t="s">
+      <c r="C135" s="0" t="s">
         <v>1054</v>
-      </c>
-[...1 lines deleted...]
-        <v>1055</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>44</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>1056</v>
+        <v>1055</v>
       </c>
       <c r="F135" s="0" t="s">
         <v>268</v>
       </c>
       <c r="G135" s="0" t="s">
         <v>107</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I135" s="0" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="J135" s="0" t="s">
         <v>239</v>
       </c>
       <c r="K135" s="0" t="s">
         <v>127</v>
       </c>
       <c r="L135" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M135" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N135" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O135" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P135" s="0" t="s">
-        <v>1057</v>
+        <v>1056</v>
       </c>
       <c r="Q135" s="0">
         <v>2023</v>
       </c>
       <c r="R135" s="0"/>
       <c r="S135" s="0"/>
       <c r="T135" s="0" t="s">
+        <v>1057</v>
+      </c>
+      <c r="U135" s="0" t="s">
         <v>1058</v>
       </c>
-      <c r="U135" s="0" t="s">
+      <c r="V135" s="0" t="s">
         <v>1059</v>
-      </c>
-[...1 lines deleted...]
-        <v>1060</v>
       </c>
     </row>
     <row r="136" spans="1:22">
       <c r="A136" s="0" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B136" s="0" t="s">
         <v>1061</v>
-      </c>
-[...1 lines deleted...]
-        <v>1062</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>1063</v>
+        <v>1062</v>
       </c>
       <c r="E136" s="0" t="s">
         <v>219</v>
       </c>
       <c r="F136" s="0" t="s">
         <v>220</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I136" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J136" s="0" t="s">
         <v>654</v>
       </c>
       <c r="K136" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L136" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M136" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N136" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O136" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P136" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q136" s="0">
         <v>2009</v>
       </c>
       <c r="R136" s="0" t="s">
-        <v>1064</v>
+        <v>1063</v>
       </c>
       <c r="S136" s="0" t="s">
         <v>110</v>
       </c>
       <c r="T136" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U136" s="0" t="s">
+        <v>1064</v>
+      </c>
+      <c r="V136" s="0" t="s">
         <v>1065</v>
-      </c>
-[...1 lines deleted...]
-        <v>1066</v>
       </c>
     </row>
     <row r="137" spans="1:22">
       <c r="A137" s="0" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B137" s="0" t="s">
         <v>1067</v>
-      </c>
-[...1 lines deleted...]
-        <v>1068</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D137" s="0" t="s">
         <v>401</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>274</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="G137" s="0" t="s">
         <v>221</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I137" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J137" s="0" t="s">
         <v>359</v>
       </c>
       <c r="K137" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L137" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M137" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N137" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O137" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P137" s="0" t="s">
-        <v>1070</v>
+        <v>1069</v>
       </c>
       <c r="Q137" s="0">
         <v>2005</v>
       </c>
       <c r="R137" s="0" t="s">
         <v>98</v>
       </c>
       <c r="S137" s="0" t="s">
         <v>395</v>
       </c>
       <c r="T137" s="0" t="s">
         <v>65</v>
       </c>
       <c r="U137" s="0" t="s">
+        <v>1070</v>
+      </c>
+      <c r="V137" s="0" t="s">
         <v>1071</v>
-      </c>
-[...1 lines deleted...]
-        <v>1072</v>
       </c>
     </row>
     <row r="138" spans="1:22">
       <c r="A138" s="0" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B138" s="0" t="s">
         <v>1073</v>
-      </c>
-[...1 lines deleted...]
-        <v>1074</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D138" s="0" t="s">
         <v>274</v>
       </c>
       <c r="E138" s="0" t="s">
         <v>289</v>
       </c>
       <c r="F138" s="0" t="s">
         <v>176</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>1075</v>
+        <v>1074</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I138" s="0" t="s">
         <v>74</v>
       </c>
       <c r="J138" s="0" t="s">
         <v>87</v>
       </c>
       <c r="K138" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L138" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M138" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N138" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O138" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P138" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q138" s="0">
         <v>2018</v>
       </c>
       <c r="R138" s="0" t="s">
         <v>63</v>
       </c>
       <c r="S138" s="0" t="s">
         <v>64</v>
       </c>
       <c r="T138" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U138" s="0" t="s">
+        <v>1075</v>
+      </c>
+      <c r="V138" s="0" t="s">
         <v>1076</v>
-      </c>
-[...1 lines deleted...]
-        <v>1077</v>
       </c>
     </row>
     <row r="139" spans="1:22">
       <c r="A139" s="0" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B139" s="0" t="s">
         <v>1078</v>
-      </c>
-[...1 lines deleted...]
-        <v>1079</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D139" s="0" t="s">
         <v>44</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F139" s="0" t="s">
         <v>150</v>
       </c>
       <c r="G139" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I139" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J139" s="0" t="s">
         <v>75</v>
       </c>
       <c r="K139" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L139" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M139" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N139" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O139" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P139" s="0" t="s">
-        <v>1080</v>
+        <v>1079</v>
       </c>
       <c r="Q139" s="0">
         <v>2002</v>
       </c>
       <c r="R139" s="0" t="s">
-        <v>1081</v>
+        <v>1080</v>
       </c>
       <c r="S139" s="0" t="s">
         <v>51</v>
       </c>
       <c r="T139" s="0" t="s">
         <v>79</v>
       </c>
       <c r="U139" s="0" t="s">
+        <v>1081</v>
+      </c>
+      <c r="V139" s="0" t="s">
         <v>1082</v>
-      </c>
-[...1 lines deleted...]
-        <v>1083</v>
       </c>
     </row>
     <row r="140" spans="1:22">
       <c r="A140" s="0" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B140" s="0" t="s">
         <v>1084</v>
-      </c>
-[...1 lines deleted...]
-        <v>1085</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E140" s="0" t="s">
         <v>70</v>
       </c>
       <c r="F140" s="0" t="s">
         <v>176</v>
       </c>
       <c r="G140" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I140" s="0" t="s">
         <v>74</v>
       </c>
       <c r="J140" s="0" t="s">
         <v>97</v>
       </c>
       <c r="K140" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L140" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M140" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N140" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O140" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P140" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q140" s="0">
         <v>2014</v>
       </c>
       <c r="R140" s="0" t="s">
         <v>63</v>
       </c>
       <c r="S140" s="0" t="s">
         <v>64</v>
       </c>
       <c r="T140" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U140" s="0" t="s">
+        <v>1085</v>
+      </c>
+      <c r="V140" s="0" t="s">
         <v>1086</v>
-      </c>
-[...1 lines deleted...]
-        <v>1087</v>
       </c>
     </row>
     <row r="141" spans="1:22">
       <c r="A141" s="0" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B141" s="0" t="s">
         <v>1088</v>
-      </c>
-[...1 lines deleted...]
-        <v>1089</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>1090</v>
+        <v>1089</v>
       </c>
       <c r="E141" s="0" t="s">
         <v>401</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>1091</v>
+        <v>1090</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>780</v>
       </c>
       <c r="I141" s="0" t="s">
-        <v>1092</v>
+        <v>1091</v>
       </c>
       <c r="J141" s="0" t="s">
         <v>239</v>
       </c>
       <c r="K141" s="0" t="s">
         <v>204</v>
       </c>
       <c r="L141" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M141" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N141" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O141" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P141" s="0" t="s">
-        <v>1093</v>
+        <v>1092</v>
       </c>
       <c r="Q141" s="0">
         <v>2003</v>
       </c>
       <c r="R141" s="0" t="s">
         <v>98</v>
       </c>
       <c r="S141" s="0" t="s">
         <v>300</v>
       </c>
       <c r="T141" s="0" t="s">
         <v>79</v>
       </c>
       <c r="U141" s="0" t="s">
+        <v>1093</v>
+      </c>
+      <c r="V141" s="0" t="s">
         <v>1094</v>
-      </c>
-[...1 lines deleted...]
-        <v>1095</v>
       </c>
     </row>
     <row r="142" spans="1:22">
       <c r="A142" s="0" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B142" s="0" t="s">
         <v>1096</v>
-      </c>
-[...1 lines deleted...]
-        <v>1097</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D142" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E142" s="0" t="s">
         <v>315</v>
       </c>
       <c r="F142" s="0" t="s">
         <v>749</v>
       </c>
       <c r="G142" s="0" t="s">
-        <v>1098</v>
+        <v>1097</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I142" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J142" s="0" t="s">
-        <v>1099</v>
+        <v>1098</v>
       </c>
       <c r="K142" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L142" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M142" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N142" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O142" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P142" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q142" s="0">
         <v>2017</v>
       </c>
       <c r="R142" s="0" t="s">
         <v>345</v>
       </c>
       <c r="S142" s="0" t="s">
         <v>346</v>
       </c>
       <c r="T142" s="0" t="s">
         <v>65</v>
       </c>
       <c r="U142" s="0" t="s">
+        <v>1099</v>
+      </c>
+      <c r="V142" s="0" t="s">
         <v>1100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1101</v>
       </c>
     </row>
     <row r="143" spans="1:22">
       <c r="A143" s="0" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B143" s="0" t="s">
         <v>1102</v>
-      </c>
-[...1 lines deleted...]
-        <v>1103</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D143" s="0" t="s">
         <v>193</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>211</v>
       </c>
       <c r="F143" s="0" t="s">
         <v>275</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I143" s="0" t="s">
         <v>60</v>
       </c>
       <c r="J143" s="0" t="s">
         <v>169</v>
       </c>
       <c r="K143" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L143" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M143" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N143" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O143" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P143" s="0" t="s">
-        <v>1104</v>
+        <v>1103</v>
       </c>
       <c r="Q143" s="0">
         <v>2006</v>
       </c>
       <c r="R143" s="0" t="s">
         <v>98</v>
       </c>
       <c r="S143" s="0" t="s">
         <v>99</v>
       </c>
       <c r="T143" s="0" t="s">
         <v>65</v>
       </c>
       <c r="U143" s="0" t="s">
+        <v>1104</v>
+      </c>
+      <c r="V143" s="0" t="s">
         <v>1105</v>
-      </c>
-[...1 lines deleted...]
-        <v>1106</v>
       </c>
     </row>
     <row r="144" spans="1:22">
       <c r="A144" s="0" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B144" s="0" t="s">
         <v>1107</v>
-      </c>
-[...1 lines deleted...]
-        <v>1108</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>1028</v>
+        <v>1027</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>1028</v>
+        <v>1027</v>
       </c>
       <c r="F144" s="0" t="s">
         <v>307</v>
       </c>
       <c r="G144" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I144" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J144" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K144" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L144" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M144" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N144" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O144" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P144" s="0" t="s">
-        <v>1109</v>
+        <v>1108</v>
       </c>
       <c r="Q144" s="0">
         <v>2002</v>
       </c>
       <c r="R144" s="0" t="s">
         <v>309</v>
       </c>
       <c r="S144" s="0" t="s">
         <v>310</v>
       </c>
       <c r="T144" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U144" s="0" t="s">
+        <v>1109</v>
+      </c>
+      <c r="V144" s="0" t="s">
         <v>1110</v>
-      </c>
-[...1 lines deleted...]
-        <v>1111</v>
       </c>
     </row>
     <row r="145" spans="1:22">
       <c r="A145" s="0" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B145" s="0" t="s">
         <v>1112</v>
-      </c>
-[...1 lines deleted...]
-        <v>1113</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D145" s="0" t="s">
         <v>201</v>
       </c>
       <c r="E145" s="0" t="s">
         <v>248</v>
       </c>
       <c r="F145" s="0" t="s">
-        <v>1114</v>
+        <v>1113</v>
       </c>
       <c r="G145" s="0" t="s">
         <v>107</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I145" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J145" s="0" t="s">
-        <v>1029</v>
+        <v>1028</v>
       </c>
       <c r="K145" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L145" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M145" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N145" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O145" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P145" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q145" s="0">
         <v>2000</v>
       </c>
       <c r="R145" s="0" t="s">
+        <v>1114</v>
+      </c>
+      <c r="S145" s="0" t="s">
         <v>1115</v>
-      </c>
-[...1 lines deleted...]
-        <v>1116</v>
       </c>
       <c r="T145" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U145" s="0" t="s">
+        <v>1116</v>
+      </c>
+      <c r="V145" s="0" t="s">
         <v>1117</v>
-      </c>
-[...1 lines deleted...]
-        <v>1118</v>
       </c>
     </row>
     <row r="146" spans="1:22">
       <c r="A146" s="0" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B146" s="0" t="s">
         <v>1119</v>
-      </c>
-[...1 lines deleted...]
-        <v>1120</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D146" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E146" s="0" t="s">
         <v>59</v>
       </c>
       <c r="F146" s="0" t="s">
         <v>220</v>
       </c>
       <c r="G146" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I146" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J146" s="0" t="s">
         <v>169</v>
       </c>
@@ -14875,1966 +14872,1966 @@
       <c r="M146" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N146" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O146" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P146" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q146" s="0">
         <v>1999</v>
       </c>
       <c r="R146" s="0" t="s">
         <v>98</v>
       </c>
       <c r="S146" s="0" t="s">
         <v>300</v>
       </c>
       <c r="T146" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U146" s="0" t="s">
+        <v>1120</v>
+      </c>
+      <c r="V146" s="0" t="s">
         <v>1121</v>
-      </c>
-[...1 lines deleted...]
-        <v>1122</v>
       </c>
     </row>
     <row r="147" spans="1:22">
       <c r="A147" s="0" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B147" s="0" t="s">
         <v>1123</v>
-      </c>
-[...1 lines deleted...]
-        <v>1124</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>640</v>
       </c>
       <c r="D147" s="0" t="s">
         <v>866</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="F147" s="0" t="s">
         <v>168</v>
       </c>
       <c r="G147" s="0" t="s">
         <v>72</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I147" s="0" t="s">
         <v>60</v>
       </c>
       <c r="J147" s="0" t="s">
         <v>654</v>
       </c>
       <c r="K147" s="0" t="s">
         <v>324</v>
       </c>
       <c r="L147" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M147" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N147" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O147" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P147" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q147" s="0">
         <v>2008</v>
       </c>
       <c r="R147" s="0" t="s">
-        <v>1126</v>
+        <v>1125</v>
       </c>
       <c r="S147" s="0" t="s">
         <v>110</v>
       </c>
       <c r="T147" s="0" t="s">
         <v>79</v>
       </c>
       <c r="U147" s="0" t="s">
+        <v>1126</v>
+      </c>
+      <c r="V147" s="0" t="s">
         <v>1127</v>
-      </c>
-[...1 lines deleted...]
-        <v>1128</v>
       </c>
     </row>
     <row r="148" spans="1:22">
       <c r="A148" s="0" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B148" s="0" t="s">
         <v>1129</v>
-      </c>
-[...1 lines deleted...]
-        <v>1130</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>136</v>
       </c>
       <c r="D148" s="0" t="s">
         <v>105</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F148" s="0" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="G148" s="0" t="s">
-        <v>1131</v>
+        <v>1130</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I148" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J148" s="0" t="s">
         <v>61</v>
       </c>
       <c r="K148" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L148" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M148" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N148" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O148" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P148" s="0" t="s">
-        <v>1132</v>
+        <v>1131</v>
       </c>
       <c r="Q148" s="0">
         <v>2016</v>
       </c>
       <c r="R148" s="0" t="s">
         <v>141</v>
       </c>
       <c r="S148" s="0" t="s">
         <v>142</v>
       </c>
       <c r="T148" s="0" t="s">
         <v>79</v>
       </c>
       <c r="U148" s="0" t="s">
+        <v>1132</v>
+      </c>
+      <c r="V148" s="0" t="s">
         <v>1133</v>
-      </c>
-[...1 lines deleted...]
-        <v>1134</v>
       </c>
     </row>
     <row r="149" spans="1:22">
       <c r="A149" s="0" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B149" s="0" t="s">
         <v>1135</v>
-      </c>
-[...1 lines deleted...]
-        <v>1136</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>1063</v>
+        <v>1062</v>
       </c>
       <c r="E149" s="0" t="s">
         <v>401</v>
       </c>
       <c r="F149" s="0" t="s">
         <v>258</v>
       </c>
       <c r="G149" s="0" t="s">
         <v>323</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I149" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J149" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K149" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L149" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M149" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N149" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O149" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P149" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q149" s="0">
         <v>1998</v>
       </c>
       <c r="R149" s="0" t="s">
         <v>36</v>
       </c>
       <c r="S149" s="0" t="s">
         <v>37</v>
       </c>
       <c r="T149" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U149" s="0" t="s">
+        <v>1136</v>
+      </c>
+      <c r="V149" s="0" t="s">
         <v>1137</v>
-      </c>
-[...1 lines deleted...]
-        <v>1138</v>
       </c>
     </row>
     <row r="150" spans="1:22">
       <c r="A150" s="0" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B150" s="0" t="s">
         <v>1139</v>
-      </c>
-[...1 lines deleted...]
-        <v>1140</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>1056</v>
+        <v>1055</v>
       </c>
       <c r="E150" s="0" t="s">
+        <v>1140</v>
+      </c>
+      <c r="F150" s="0" t="s">
         <v>1141</v>
-      </c>
-[...1 lines deleted...]
-        <v>1142</v>
       </c>
       <c r="G150" s="0" t="s">
         <v>107</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I150" s="0" t="s">
         <v>125</v>
       </c>
       <c r="J150" s="0" t="s">
         <v>366</v>
       </c>
       <c r="K150" s="0" t="s">
         <v>324</v>
       </c>
       <c r="L150" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M150" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N150" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O150" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P150" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q150" s="0">
         <v>2021</v>
       </c>
       <c r="R150" s="0" t="s">
-        <v>1143</v>
+        <v>1142</v>
       </c>
       <c r="S150" s="0" t="s">
         <v>589</v>
       </c>
       <c r="T150" s="0" t="s">
         <v>420</v>
       </c>
       <c r="U150" s="0" t="s">
+        <v>1143</v>
+      </c>
+      <c r="V150" s="0" t="s">
         <v>1144</v>
-      </c>
-[...1 lines deleted...]
-        <v>1145</v>
       </c>
     </row>
     <row r="151" spans="1:22">
       <c r="A151" s="0" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B151" s="0" t="s">
         <v>1146</v>
-      </c>
-[...1 lines deleted...]
-        <v>1147</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D151" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>84</v>
       </c>
       <c r="F151" s="0" t="s">
+        <v>1147</v>
+      </c>
+      <c r="G151" s="0" t="s">
         <v>1148</v>
-      </c>
-[...1 lines deleted...]
-        <v>1149</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I151" s="0" t="s">
-        <v>1150</v>
+        <v>1149</v>
       </c>
       <c r="J151" s="0" t="s">
         <v>75</v>
       </c>
       <c r="K151" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L151" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M151" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N151" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O151" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P151" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q151" s="0">
         <v>2019</v>
       </c>
       <c r="R151" s="0" t="s">
         <v>98</v>
       </c>
       <c r="S151" s="0" t="s">
         <v>300</v>
       </c>
       <c r="T151" s="0" t="s">
         <v>751</v>
       </c>
       <c r="U151" s="0" t="s">
+        <v>1150</v>
+      </c>
+      <c r="V151" s="0" t="s">
         <v>1151</v>
-      </c>
-[...1 lines deleted...]
-        <v>1152</v>
       </c>
     </row>
     <row r="152" spans="1:22">
       <c r="A152" s="0" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B152" s="0" t="s">
         <v>1153</v>
-      </c>
-[...1 lines deleted...]
-        <v>1154</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>265</v>
       </c>
       <c r="D152" s="0" t="s">
+        <v>1154</v>
+      </c>
+      <c r="E152" s="0" t="s">
         <v>1155</v>
-      </c>
-[...1 lines deleted...]
-        <v>1156</v>
       </c>
       <c r="F152" s="0" t="s">
         <v>168</v>
       </c>
       <c r="G152" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I152" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J152" s="0" t="s">
-        <v>1157</v>
+        <v>1156</v>
       </c>
       <c r="K152" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L152" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M152" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N152" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O152" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P152" s="0" t="s">
-        <v>1158</v>
+        <v>1157</v>
       </c>
       <c r="Q152" s="0">
         <v>2019</v>
       </c>
       <c r="R152" s="0" t="s">
-        <v>1159</v>
+        <v>1158</v>
       </c>
       <c r="S152" s="0" t="s">
         <v>609</v>
       </c>
       <c r="T152" s="0" t="s">
         <v>79</v>
       </c>
       <c r="U152" s="0" t="s">
+        <v>1159</v>
+      </c>
+      <c r="V152" s="0" t="s">
         <v>1160</v>
-      </c>
-[...1 lines deleted...]
-        <v>1161</v>
       </c>
     </row>
     <row r="153" spans="1:22">
       <c r="A153" s="0" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B153" s="0" t="s">
         <v>1162</v>
-      </c>
-[...1 lines deleted...]
-        <v>1163</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D153" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E153" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F153" s="0" t="s">
         <v>45</v>
       </c>
       <c r="G153" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I153" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J153" s="0" t="s">
         <v>61</v>
       </c>
       <c r="K153" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L153" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M153" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N153" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O153" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P153" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q153" s="0">
         <v>2017</v>
       </c>
       <c r="R153" s="0" t="s">
-        <v>1164</v>
+        <v>1163</v>
       </c>
       <c r="S153" s="0" t="s">
         <v>110</v>
       </c>
       <c r="T153" s="0" t="s">
         <v>79</v>
       </c>
       <c r="U153" s="0" t="s">
+        <v>1164</v>
+      </c>
+      <c r="V153" s="0" t="s">
         <v>1165</v>
-      </c>
-[...1 lines deleted...]
-        <v>1166</v>
       </c>
     </row>
     <row r="154" spans="1:22">
       <c r="A154" s="0" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B154" s="0" t="s">
         <v>1167</v>
-      </c>
-[...1 lines deleted...]
-        <v>1168</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>1169</v>
+        <v>1168</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>289</v>
       </c>
       <c r="F154" s="0" t="s">
         <v>176</v>
       </c>
       <c r="G154" s="0" t="s">
         <v>308</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I154" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J154" s="0" t="s">
         <v>169</v>
       </c>
       <c r="K154" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L154" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M154" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N154" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O154" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P154" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q154" s="0">
         <v>2004</v>
       </c>
       <c r="R154" s="0" t="s">
         <v>98</v>
       </c>
       <c r="S154" s="0" t="s">
         <v>300</v>
       </c>
       <c r="T154" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U154" s="0" t="s">
+        <v>1169</v>
+      </c>
+      <c r="V154" s="0" t="s">
         <v>1170</v>
-      </c>
-[...1 lines deleted...]
-        <v>1171</v>
       </c>
     </row>
     <row r="155" spans="1:22">
       <c r="A155" s="0" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B155" s="0" t="s">
         <v>1172</v>
-      </c>
-[...1 lines deleted...]
-        <v>1173</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D155" s="0" t="s">
         <v>122</v>
       </c>
       <c r="E155" s="0" t="s">
         <v>289</v>
       </c>
       <c r="F155" s="0" t="s">
         <v>307</v>
       </c>
       <c r="G155" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I155" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J155" s="0" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="K155" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L155" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M155" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N155" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O155" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P155" s="0" t="s">
         <v>595</v>
       </c>
       <c r="Q155" s="0">
         <v>1997</v>
       </c>
       <c r="R155" s="0" t="s">
         <v>309</v>
       </c>
       <c r="S155" s="0" t="s">
-        <v>1175</v>
+        <v>1174</v>
       </c>
       <c r="T155" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U155" s="0" t="s">
+        <v>1175</v>
+      </c>
+      <c r="V155" s="0" t="s">
         <v>1176</v>
-      </c>
-[...1 lines deleted...]
-        <v>1177</v>
       </c>
     </row>
     <row r="156" spans="1:22">
       <c r="A156" s="0" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B156" s="0" t="s">
         <v>1178</v>
-      </c>
-[...1 lines deleted...]
-        <v>1179</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D156" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E156" s="0" t="s">
         <v>289</v>
       </c>
       <c r="F156" s="0" t="s">
-        <v>1180</v>
+        <v>1179</v>
       </c>
       <c r="G156" s="0" t="s">
         <v>323</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I156" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J156" s="0" t="s">
         <v>97</v>
       </c>
       <c r="K156" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L156" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M156" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N156" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O156" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P156" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q156" s="0">
         <v>2002</v>
       </c>
       <c r="R156" s="0" t="s">
         <v>36</v>
       </c>
       <c r="S156" s="0" t="s">
         <v>37</v>
       </c>
       <c r="T156" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U156" s="0" t="s">
+        <v>1180</v>
+      </c>
+      <c r="V156" s="0" t="s">
         <v>1181</v>
-      </c>
-[...1 lines deleted...]
-        <v>1182</v>
       </c>
     </row>
     <row r="157" spans="1:22">
       <c r="A157" s="0" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B157" s="0" t="s">
         <v>1183</v>
-      </c>
-[...1 lines deleted...]
-        <v>1184</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>228</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>1185</v>
+        <v>1184</v>
       </c>
       <c r="E157" s="0" t="s">
         <v>660</v>
       </c>
       <c r="F157" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G157" s="0" t="s">
         <v>308</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I157" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J157" s="0" t="s">
         <v>229</v>
       </c>
       <c r="K157" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L157" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M157" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N157" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O157" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P157" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q157" s="0">
         <v>2003</v>
       </c>
       <c r="R157" s="0" t="s">
         <v>153</v>
       </c>
       <c r="S157" s="0" t="s">
         <v>213</v>
       </c>
       <c r="T157" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U157" s="0" t="s">
+        <v>1185</v>
+      </c>
+      <c r="V157" s="0" t="s">
         <v>1186</v>
-      </c>
-[...1 lines deleted...]
-        <v>1187</v>
       </c>
     </row>
     <row r="158" spans="1:22">
       <c r="A158" s="0" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B158" s="0" t="s">
         <v>1188</v>
-      </c>
-[...1 lines deleted...]
-        <v>1189</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D158" s="0" t="s">
         <v>84</v>
       </c>
       <c r="E158" s="0" t="s">
         <v>787</v>
       </c>
       <c r="F158" s="0" t="s">
-        <v>1190</v>
+        <v>1189</v>
       </c>
       <c r="G158" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I158" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J158" s="0" t="s">
         <v>366</v>
       </c>
       <c r="K158" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L158" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M158" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N158" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O158" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P158" s="0" t="s">
-        <v>1191</v>
+        <v>1190</v>
       </c>
       <c r="Q158" s="0">
         <v>2013</v>
       </c>
       <c r="R158" s="0" t="s">
         <v>487</v>
       </c>
       <c r="S158" s="0" t="s">
         <v>110</v>
       </c>
       <c r="T158" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U158" s="0" t="s">
+        <v>1191</v>
+      </c>
+      <c r="V158" s="0" t="s">
         <v>1192</v>
-      </c>
-[...1 lines deleted...]
-        <v>1193</v>
       </c>
     </row>
     <row r="159" spans="1:22">
       <c r="A159" s="0" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B159" s="0" t="s">
         <v>1194</v>
       </c>
-      <c r="B159" s="0" t="s">
+      <c r="C159" s="0" t="s">
         <v>1195</v>
       </c>
-      <c r="C159" s="0" t="s">
+      <c r="D159" s="0" t="s">
         <v>1196</v>
-      </c>
-[...1 lines deleted...]
-        <v>1197</v>
       </c>
       <c r="E159" s="0" t="s">
         <v>149</v>
       </c>
       <c r="F159" s="0" t="s">
+        <v>1197</v>
+      </c>
+      <c r="G159" s="0" t="s">
         <v>1198</v>
-      </c>
-[...1 lines deleted...]
-        <v>1199</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I159" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J159" s="0" t="s">
         <v>97</v>
       </c>
       <c r="K159" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L159" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M159" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N159" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O159" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P159" s="0" t="s">
-        <v>1200</v>
+        <v>1199</v>
       </c>
       <c r="Q159" s="0">
         <v>2017</v>
       </c>
       <c r="R159" s="0" t="s">
         <v>655</v>
       </c>
       <c r="S159" s="0" t="s">
         <v>142</v>
       </c>
       <c r="T159" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U159" s="0" t="s">
+        <v>1200</v>
+      </c>
+      <c r="V159" s="0" t="s">
         <v>1201</v>
-      </c>
-[...1 lines deleted...]
-        <v>1202</v>
       </c>
     </row>
     <row r="160" spans="1:22">
       <c r="A160" s="0" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B160" s="0" t="s">
         <v>1203</v>
       </c>
-      <c r="B160" s="0" t="s">
+      <c r="C160" s="0" t="s">
         <v>1204</v>
-      </c>
-[...1 lines deleted...]
-        <v>1205</v>
       </c>
       <c r="D160" s="0" t="s">
         <v>44</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>1206</v>
+        <v>1205</v>
       </c>
       <c r="F160" s="0" t="s">
         <v>455</v>
       </c>
       <c r="G160" s="0" t="s">
         <v>107</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I160" s="0" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="J160" s="0" t="s">
         <v>97</v>
       </c>
       <c r="K160" s="0" t="s">
         <v>127</v>
       </c>
       <c r="L160" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M160" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N160" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O160" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P160" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q160" s="0">
         <v>2023</v>
       </c>
       <c r="R160" s="0" t="s">
-        <v>1207</v>
+        <v>1206</v>
       </c>
       <c r="S160" s="0" t="s">
         <v>78</v>
       </c>
       <c r="T160" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U160" s="0" t="s">
+        <v>1207</v>
+      </c>
+      <c r="V160" s="0" t="s">
         <v>1208</v>
-      </c>
-[...1 lines deleted...]
-        <v>1209</v>
       </c>
     </row>
     <row r="161" spans="1:22">
       <c r="A161" s="0" t="s">
+        <v>1209</v>
+      </c>
+      <c r="B161" s="0" t="s">
         <v>1210</v>
-      </c>
-[...1 lines deleted...]
-        <v>1211</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D161" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E161" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F161" s="0" t="s">
         <v>275</v>
       </c>
       <c r="G161" s="0" t="s">
         <v>86</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I161" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J161" s="0" t="s">
-        <v>1099</v>
+        <v>1098</v>
       </c>
       <c r="K161" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L161" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M161" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N161" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O161" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P161" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q161" s="0">
         <v>1997</v>
       </c>
       <c r="R161" s="0" t="s">
         <v>345</v>
       </c>
       <c r="S161" s="0" t="s">
         <v>346</v>
       </c>
       <c r="T161" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U161" s="0" t="s">
+        <v>1211</v>
+      </c>
+      <c r="V161" s="0" t="s">
         <v>1212</v>
-      </c>
-[...1 lines deleted...]
-        <v>1213</v>
       </c>
     </row>
     <row r="162" spans="1:22">
       <c r="A162" s="0" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B162" s="0" t="s">
         <v>1214</v>
-      </c>
-[...1 lines deleted...]
-        <v>1215</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D162" s="0" t="s">
         <v>660</v>
       </c>
       <c r="E162" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F162" s="0" t="s">
         <v>220</v>
       </c>
       <c r="G162" s="0" t="s">
         <v>107</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I162" s="0" t="s">
         <v>74</v>
       </c>
       <c r="J162" s="0" t="s">
-        <v>1216</v>
+        <v>1215</v>
       </c>
       <c r="K162" s="0" t="s">
         <v>127</v>
       </c>
       <c r="L162" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M162" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N162" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O162" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P162" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q162" s="0">
         <v>2013</v>
       </c>
       <c r="R162" s="0" t="s">
-        <v>1217</v>
+        <v>1216</v>
       </c>
       <c r="S162" s="0" t="s">
         <v>110</v>
       </c>
       <c r="T162" s="0" t="s">
         <v>65</v>
       </c>
       <c r="U162" s="0" t="s">
+        <v>1217</v>
+      </c>
+      <c r="V162" s="0" t="s">
         <v>1218</v>
-      </c>
-[...1 lines deleted...]
-        <v>1219</v>
       </c>
     </row>
     <row r="163" spans="1:22">
       <c r="A163" s="0" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B163" s="0" t="s">
         <v>1220</v>
-      </c>
-[...1 lines deleted...]
-        <v>1221</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>1222</v>
+        <v>1221</v>
       </c>
       <c r="E163" s="0" t="s">
         <v>123</v>
       </c>
       <c r="F163" s="0" t="s">
-        <v>1142</v>
+        <v>1141</v>
       </c>
       <c r="G163" s="0" t="s">
-        <v>1223</v>
+        <v>1222</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I163" s="0" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="J163" s="0" t="s">
-        <v>1224</v>
+        <v>1223</v>
       </c>
       <c r="K163" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L163" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M163" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N163" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O163" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P163" s="0" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="Q163" s="0">
         <v>2023</v>
       </c>
       <c r="R163" s="0" t="s">
-        <v>1225</v>
+        <v>1224</v>
       </c>
       <c r="S163" s="0" t="s">
         <v>78</v>
       </c>
       <c r="T163" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U163" s="0" t="s">
+        <v>1225</v>
+      </c>
+      <c r="V163" s="0" t="s">
         <v>1226</v>
-      </c>
-[...1 lines deleted...]
-        <v>1227</v>
       </c>
     </row>
     <row r="164" spans="1:22">
       <c r="A164" s="0" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B164" s="0" t="s">
         <v>1228</v>
-      </c>
-[...1 lines deleted...]
-        <v>1229</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D164" s="0" t="s">
         <v>84</v>
       </c>
       <c r="E164" s="0" t="s">
         <v>84</v>
       </c>
       <c r="F164" s="0" t="s">
-        <v>1230</v>
+        <v>1229</v>
       </c>
       <c r="G164" s="0" t="s">
         <v>323</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I164" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J164" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K164" s="0" t="s">
         <v>127</v>
       </c>
       <c r="L164" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M164" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N164" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O164" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P164" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q164" s="0">
         <v>2023</v>
       </c>
       <c r="R164" s="0" t="s">
-        <v>1231</v>
+        <v>1230</v>
       </c>
       <c r="S164" s="0" t="s">
         <v>78</v>
       </c>
       <c r="T164" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U164" s="0" t="s">
+        <v>1231</v>
+      </c>
+      <c r="V164" s="0" t="s">
         <v>1232</v>
-      </c>
-[...1 lines deleted...]
-        <v>1233</v>
       </c>
     </row>
     <row r="165" spans="1:22">
       <c r="A165" s="0" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B165" s="0" t="s">
         <v>1234</v>
-      </c>
-[...1 lines deleted...]
-        <v>1235</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>136</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>1236</v>
+        <v>1235</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>84</v>
       </c>
       <c r="F165" s="0" t="s">
         <v>85</v>
       </c>
       <c r="G165" s="0" t="s">
-        <v>1237</v>
+        <v>1236</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I165" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J165" s="0" t="s">
         <v>87</v>
       </c>
       <c r="K165" s="0" t="s">
         <v>324</v>
       </c>
       <c r="L165" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M165" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N165" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O165" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P165" s="0" t="s">
-        <v>1238</v>
+        <v>1237</v>
       </c>
       <c r="Q165" s="0">
         <v>2014</v>
       </c>
       <c r="R165" s="0" t="s">
         <v>141</v>
       </c>
       <c r="S165" s="0" t="s">
         <v>142</v>
       </c>
       <c r="T165" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U165" s="0" t="s">
+        <v>1238</v>
+      </c>
+      <c r="V165" s="0" t="s">
         <v>1239</v>
-      </c>
-[...1 lines deleted...]
-        <v>1240</v>
       </c>
     </row>
     <row r="166" spans="1:22">
       <c r="A166" s="0" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B166" s="0" t="s">
         <v>1241</v>
       </c>
-      <c r="B166" s="0" t="s">
+      <c r="C166" s="0" t="s">
+        <v>504</v>
+      </c>
+      <c r="D166" s="0" t="s">
         <v>1242</v>
       </c>
-      <c r="C166" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D166" s="0" t="s">
+      <c r="E166" s="0" t="s">
         <v>1243</v>
-      </c>
-[...1 lines deleted...]
-        <v>1244</v>
       </c>
       <c r="F166" s="0" t="s">
         <v>176</v>
       </c>
       <c r="G166" s="0" t="s">
-        <v>1245</v>
+        <v>1244</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I166" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J166" s="0" t="s">
         <v>366</v>
       </c>
       <c r="K166" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L166" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M166" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N166" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O166" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P166" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q166" s="0">
         <v>2019</v>
       </c>
       <c r="R166" s="0" t="s">
         <v>655</v>
       </c>
       <c r="S166" s="0" t="s">
         <v>110</v>
       </c>
       <c r="T166" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U166" s="0" t="s">
+        <v>1245</v>
+      </c>
+      <c r="V166" s="0" t="s">
         <v>1246</v>
-      </c>
-[...1 lines deleted...]
-        <v>1247</v>
       </c>
     </row>
     <row r="167" spans="1:22">
       <c r="A167" s="0" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B167" s="0" t="s">
         <v>1248</v>
       </c>
-      <c r="B167" s="0" t="s">
+      <c r="C167" s="0" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D167" s="0" t="s">
         <v>1249</v>
-      </c>
-[...4 lines deleted...]
-        <v>1250</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>149</v>
       </c>
       <c r="F167" s="0" t="s">
+        <v>1250</v>
+      </c>
+      <c r="G167" s="0" t="s">
         <v>1251</v>
-      </c>
-[...1 lines deleted...]
-        <v>1252</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I167" s="0" t="s">
         <v>706</v>
       </c>
       <c r="J167" s="0" t="s">
         <v>75</v>
       </c>
       <c r="K167" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L167" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M167" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N167" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O167" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P167" s="0" t="s">
-        <v>1253</v>
+        <v>1252</v>
       </c>
       <c r="Q167" s="0">
         <v>2026</v>
       </c>
       <c r="R167" s="0" t="s">
+        <v>1253</v>
+      </c>
+      <c r="S167" s="0" t="s">
+        <v>1253</v>
+      </c>
+      <c r="T167" s="0" t="s">
         <v>1254</v>
       </c>
-      <c r="S167" s="0" t="s">
-[...2 lines deleted...]
-      <c r="T167" s="0" t="s">
+      <c r="U167" s="0" t="s">
         <v>1255</v>
       </c>
-      <c r="U167" s="0" t="s">
+      <c r="V167" s="0" t="s">
         <v>1256</v>
-      </c>
-[...1 lines deleted...]
-        <v>1257</v>
       </c>
     </row>
     <row r="168" spans="1:22">
       <c r="A168" s="0" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B168" s="0" t="s">
         <v>1258</v>
-      </c>
-[...1 lines deleted...]
-        <v>1259</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>1222</v>
+        <v>1221</v>
       </c>
       <c r="E168" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F168" s="0" t="s">
         <v>194</v>
       </c>
       <c r="G168" s="0" t="s">
         <v>323</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I168" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J168" s="0" t="s">
         <v>249</v>
       </c>
       <c r="K168" s="0" t="s">
         <v>127</v>
       </c>
       <c r="L168" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M168" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N168" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O168" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P168" s="0" t="s">
-        <v>1260</v>
+        <v>1259</v>
       </c>
       <c r="Q168" s="0">
         <v>2005</v>
       </c>
       <c r="R168" s="0" t="s">
-        <v>1261</v>
+        <v>1260</v>
       </c>
       <c r="S168" s="0" t="s">
         <v>110</v>
       </c>
       <c r="T168" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U168" s="0" t="s">
+        <v>1261</v>
+      </c>
+      <c r="V168" s="0" t="s">
         <v>1262</v>
-      </c>
-[...1 lines deleted...]
-        <v>1263</v>
       </c>
     </row>
     <row r="169" spans="1:22">
       <c r="A169" s="0" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B169" s="0" t="s">
         <v>1264</v>
-      </c>
-[...1 lines deleted...]
-        <v>1265</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D169" s="0" t="s">
         <v>931</v>
       </c>
       <c r="E169" s="0" t="s">
         <v>342</v>
       </c>
       <c r="F169" s="0" t="s">
         <v>877</v>
       </c>
       <c r="G169" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I169" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J169" s="0" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K169" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L169" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M169" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N169" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O169" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P169" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q169" s="0">
         <v>2007</v>
       </c>
       <c r="R169" s="0" t="s">
         <v>98</v>
       </c>
       <c r="S169" s="0" t="s">
         <v>213</v>
       </c>
       <c r="T169" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U169" s="0" t="s">
+        <v>1265</v>
+      </c>
+      <c r="V169" s="0" t="s">
         <v>1266</v>
-      </c>
-[...1 lines deleted...]
-        <v>1267</v>
       </c>
     </row>
     <row r="170" spans="1:22">
       <c r="A170" s="0" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B170" s="0" t="s">
         <v>1268</v>
-      </c>
-[...1 lines deleted...]
-        <v>1269</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D170" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E170" s="0" t="s">
         <v>212</v>
       </c>
       <c r="F170" s="0" t="s">
+        <v>1269</v>
+      </c>
+      <c r="G170" s="0" t="s">
         <v>1270</v>
-      </c>
-[...1 lines deleted...]
-        <v>1271</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I170" s="0" t="s">
         <v>586</v>
       </c>
       <c r="J170" s="0" t="s">
         <v>151</v>
       </c>
       <c r="K170" s="0" t="s">
         <v>127</v>
       </c>
       <c r="L170" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M170" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N170" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O170" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P170" s="0" t="s">
-        <v>1272</v>
+        <v>1271</v>
       </c>
       <c r="Q170" s="0">
         <v>2022</v>
       </c>
       <c r="R170" s="0" t="s">
         <v>588</v>
       </c>
       <c r="S170" s="0" t="s">
         <v>419</v>
       </c>
       <c r="T170" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U170" s="0" t="s">
+        <v>1272</v>
+      </c>
+      <c r="V170" s="0" t="s">
         <v>1273</v>
-      </c>
-[...1 lines deleted...]
-        <v>1274</v>
       </c>
     </row>
     <row r="171" spans="1:22">
       <c r="A171" s="0" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B171" s="0" t="s">
         <v>1275</v>
-      </c>
-[...1 lines deleted...]
-        <v>1276</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D171" s="0" t="s">
         <v>183</v>
       </c>
       <c r="E171" s="0" t="s">
         <v>183</v>
       </c>
       <c r="F171" s="0" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="G171" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>47</v>
       </c>
       <c r="I171" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J171" s="0" t="s">
         <v>61</v>
       </c>
       <c r="K171" s="0" t="s">
         <v>204</v>
       </c>
       <c r="L171" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M171" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N171" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O171" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P171" s="0" t="s">
-        <v>1277</v>
+        <v>1276</v>
       </c>
       <c r="Q171" s="0">
         <v>2003</v>
       </c>
       <c r="R171" s="0" t="s">
-        <v>1115</v>
+        <v>1114</v>
       </c>
       <c r="S171" s="0" t="s">
         <v>110</v>
       </c>
       <c r="T171" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U171" s="0" t="s">
+        <v>1277</v>
+      </c>
+      <c r="V171" s="0" t="s">
         <v>1278</v>
-      </c>
-[...1 lines deleted...]
-        <v>1279</v>
       </c>
     </row>
     <row r="172" spans="1:22">
       <c r="A172" s="0" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B172" s="0" t="s">
         <v>1280</v>
-      </c>
-[...1 lines deleted...]
-        <v>1281</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>364</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>567</v>
       </c>
       <c r="F172" s="0" t="s">
         <v>45</v>
       </c>
       <c r="G172" s="0" t="s">
         <v>221</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I172" s="0" t="s">
         <v>74</v>
       </c>
       <c r="J172" s="0" t="s">
         <v>87</v>
       </c>
       <c r="K172" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L172" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M172" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N172" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O172" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P172" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q172" s="0">
         <v>2017</v>
       </c>
       <c r="R172" s="0" t="s">
-        <v>1282</v>
+        <v>1281</v>
       </c>
       <c r="S172" s="0" t="s">
         <v>99</v>
       </c>
       <c r="T172" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U172" s="0" t="s">
+        <v>1282</v>
+      </c>
+      <c r="V172" s="0" t="s">
         <v>1283</v>
-      </c>
-[...1 lines deleted...]
-        <v>1284</v>
       </c>
     </row>
     <row r="173" spans="1:22">
       <c r="A173" s="0" t="s">
+        <v>1284</v>
+      </c>
+      <c r="B173" s="0" t="s">
         <v>1285</v>
-      </c>
-[...1 lines deleted...]
-        <v>1286</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>330</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>1287</v>
+        <v>1286</v>
       </c>
       <c r="E173" s="0" t="s">
         <v>183</v>
       </c>
       <c r="F173" s="0" t="s">
         <v>441</v>
       </c>
       <c r="G173" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I173" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J173" s="0" t="s">
         <v>61</v>
       </c>
       <c r="K173" s="0" t="s">
         <v>62</v>
       </c>
       <c r="L173" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M173" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N173" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O173" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P173" s="0" t="s">
-        <v>1288</v>
+        <v>1287</v>
       </c>
       <c r="Q173" s="0">
         <v>2012</v>
       </c>
       <c r="R173" s="0" t="s">
-        <v>1289</v>
+        <v>1288</v>
       </c>
       <c r="S173" s="0" t="s">
         <v>78</v>
       </c>
       <c r="T173" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U173" s="0" t="s">
+        <v>1289</v>
+      </c>
+      <c r="V173" s="0" t="s">
         <v>1290</v>
-      </c>
-[...1 lines deleted...]
-        <v>1291</v>
       </c>
     </row>
     <row r="174" spans="1:22">
       <c r="A174" s="0" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B174" s="0" t="s">
         <v>1292</v>
-      </c>
-[...1 lines deleted...]
-        <v>1293</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D174" s="0" t="s">
         <v>84</v>
       </c>
       <c r="E174" s="0" t="s">
         <v>84</v>
       </c>
       <c r="F174" s="0" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="G174" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I174" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J174" s="0" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="K174" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L174" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M174" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N174" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O174" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P174" s="0" t="s">
         <v>88</v>
       </c>
       <c r="Q174" s="0">
         <v>2005</v>
       </c>
       <c r="R174" s="0" t="s">
         <v>98</v>
       </c>
       <c r="S174" s="0" t="s">
         <v>99</v>
       </c>
       <c r="T174" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U174" s="0" t="s">
+        <v>1293</v>
+      </c>
+      <c r="V174" s="0" t="s">
         <v>1294</v>
-      </c>
-[...1 lines deleted...]
-        <v>1295</v>
       </c>
     </row>
     <row r="175" spans="1:22">
       <c r="A175" s="0" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B175" s="0" t="s">
         <v>1296</v>
-      </c>
-[...1 lines deleted...]
-        <v>1297</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D175" s="0" t="s">
         <v>211</v>
       </c>
       <c r="E175" s="0" t="s">
         <v>212</v>
       </c>
       <c r="F175" s="0" t="s">
         <v>176</v>
       </c>
       <c r="G175" s="0" t="s">
         <v>323</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I175" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J175" s="0" t="s">
         <v>48</v>
       </c>
@@ -16847,530 +16844,530 @@
       <c r="M175" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N175" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O175" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P175" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q175" s="0">
         <v>2014</v>
       </c>
       <c r="R175" s="0" t="s">
         <v>98</v>
       </c>
       <c r="S175" s="0" t="s">
         <v>213</v>
       </c>
       <c r="T175" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U175" s="0" t="s">
+        <v>1297</v>
+      </c>
+      <c r="V175" s="0" t="s">
         <v>1298</v>
-      </c>
-[...1 lines deleted...]
-        <v>1299</v>
       </c>
     </row>
     <row r="176" spans="1:22">
       <c r="A176" s="0" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B176" s="0" t="s">
         <v>1300</v>
-      </c>
-[...1 lines deleted...]
-        <v>1301</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>136</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>1302</v>
+        <v>1301</v>
       </c>
       <c r="E176" s="0" t="s">
         <v>84</v>
       </c>
       <c r="F176" s="0" t="s">
+        <v>1302</v>
+      </c>
+      <c r="G176" s="0" t="s">
         <v>1303</v>
-      </c>
-[...1 lines deleted...]
-        <v>1304</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I176" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J176" s="0" t="s">
         <v>249</v>
       </c>
       <c r="K176" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L176" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M176" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N176" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O176" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P176" s="0" t="s">
-        <v>1200</v>
+        <v>1199</v>
       </c>
       <c r="Q176" s="0">
         <v>2015</v>
       </c>
       <c r="R176" s="0" t="s">
         <v>655</v>
       </c>
       <c r="S176" s="0" t="s">
         <v>142</v>
       </c>
       <c r="T176" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U176" s="0" t="s">
+        <v>1304</v>
+      </c>
+      <c r="V176" s="0" t="s">
         <v>1305</v>
-      </c>
-[...1 lines deleted...]
-        <v>1306</v>
       </c>
     </row>
     <row r="177" spans="1:22">
       <c r="A177" s="0" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B177" s="0" t="s">
         <v>1307</v>
-      </c>
-[...1 lines deleted...]
-        <v>1308</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D177" s="0" t="s">
         <v>918</v>
       </c>
       <c r="E177" s="0" t="s">
+        <v>1308</v>
+      </c>
+      <c r="F177" s="0" t="s">
         <v>1309</v>
-      </c>
-[...1 lines deleted...]
-        <v>1310</v>
       </c>
       <c r="G177" s="0" t="s">
         <v>177</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I177" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J177" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K177" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L177" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M177" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N177" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O177" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P177" s="0" t="s">
-        <v>1311</v>
+        <v>1310</v>
       </c>
       <c r="Q177" s="0">
         <v>2015</v>
       </c>
       <c r="R177" s="0" t="s">
         <v>98</v>
       </c>
       <c r="S177" s="0" t="s">
         <v>99</v>
       </c>
       <c r="T177" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U177" s="0" t="s">
+        <v>1311</v>
+      </c>
+      <c r="V177" s="0" t="s">
         <v>1312</v>
-      </c>
-[...1 lines deleted...]
-        <v>1313</v>
       </c>
     </row>
     <row r="178" spans="1:22">
       <c r="A178" s="0" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B178" s="0" t="s">
         <v>1314</v>
-      </c>
-[...1 lines deleted...]
-        <v>1315</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D178" s="0" t="s">
+        <v>1315</v>
+      </c>
+      <c r="E178" s="0" t="s">
         <v>1316</v>
       </c>
-      <c r="E178" s="0" t="s">
+      <c r="F178" s="0" t="s">
         <v>1317</v>
       </c>
-      <c r="F178" s="0" t="s">
+      <c r="G178" s="0" t="s">
         <v>1318</v>
-      </c>
-[...1 lines deleted...]
-        <v>1319</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I178" s="0" t="s">
-        <v>1150</v>
+        <v>1149</v>
       </c>
       <c r="J178" s="0" t="s">
-        <v>1320</v>
+        <v>1319</v>
       </c>
       <c r="K178" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L178" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M178" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N178" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O178" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P178" s="0" t="s">
         <v>595</v>
       </c>
       <c r="Q178" s="0">
         <v>2019</v>
       </c>
       <c r="R178" s="0" t="s">
         <v>487</v>
       </c>
       <c r="S178" s="0" t="s">
         <v>110</v>
       </c>
       <c r="T178" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U178" s="0" t="s">
+        <v>1320</v>
+      </c>
+      <c r="V178" s="0" t="s">
         <v>1321</v>
-      </c>
-[...1 lines deleted...]
-        <v>1322</v>
       </c>
     </row>
     <row r="179" spans="1:22">
       <c r="A179" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B179" s="0" t="s">
         <v>1323</v>
-      </c>
-[...1 lines deleted...]
-        <v>1324</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D179" s="0" t="s">
         <v>401</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="F179" s="0" t="s">
         <v>284</v>
       </c>
       <c r="G179" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I179" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J179" s="0" t="s">
         <v>239</v>
       </c>
       <c r="K179" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L179" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M179" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N179" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O179" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P179" s="0" t="s">
-        <v>1325</v>
+        <v>1324</v>
       </c>
       <c r="Q179" s="0">
         <v>1999</v>
       </c>
       <c r="R179" s="0" t="s">
-        <v>1326</v>
+        <v>1325</v>
       </c>
       <c r="S179" s="0" t="s">
         <v>403</v>
       </c>
       <c r="T179" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U179" s="0" t="s">
+        <v>1326</v>
+      </c>
+      <c r="V179" s="0" t="s">
         <v>1327</v>
-      </c>
-[...1 lines deleted...]
-        <v>1328</v>
       </c>
     </row>
     <row r="180" spans="1:22">
       <c r="A180" s="0" t="s">
+        <v>1328</v>
+      </c>
+      <c r="B180" s="0" t="s">
         <v>1329</v>
       </c>
-      <c r="B180" s="0" t="s">
+      <c r="C180" s="0" t="s">
         <v>1330</v>
       </c>
-      <c r="C180" s="0" t="s">
+      <c r="D180" s="0" t="s">
         <v>1331</v>
-      </c>
-[...1 lines deleted...]
-        <v>1332</v>
       </c>
       <c r="E180" s="0" t="s">
         <v>315</v>
       </c>
       <c r="F180" s="0" t="s">
+        <v>1332</v>
+      </c>
+      <c r="G180" s="0" t="s">
         <v>1333</v>
-      </c>
-[...1 lines deleted...]
-        <v>1334</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I180" s="0" t="s">
         <v>627</v>
       </c>
       <c r="J180" s="0" t="s">
-        <v>1099</v>
+        <v>1098</v>
       </c>
       <c r="K180" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L180" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M180" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N180" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O180" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P180" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q180" s="0">
         <v>2022</v>
       </c>
       <c r="R180" s="0" t="s">
         <v>596</v>
       </c>
       <c r="S180" s="0" t="s">
         <v>419</v>
       </c>
       <c r="T180" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U180" s="0" t="s">
+        <v>1334</v>
+      </c>
+      <c r="V180" s="0" t="s">
         <v>1335</v>
-      </c>
-[...1 lines deleted...]
-        <v>1336</v>
       </c>
     </row>
     <row r="181" spans="1:22">
       <c r="A181" s="0" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B181" s="0" t="s">
         <v>1337</v>
-      </c>
-[...1 lines deleted...]
-        <v>1338</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>330</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>1339</v>
+        <v>1338</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>1141</v>
+        <v>1140</v>
       </c>
       <c r="F181" s="0" t="s">
         <v>150</v>
       </c>
       <c r="G181" s="0" t="s">
         <v>150</v>
       </c>
       <c r="H181" s="0" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="I181" s="0" t="s">
         <v>96</v>
       </c>
       <c r="J181" s="0" t="s">
         <v>239</v>
       </c>
       <c r="K181" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L181" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M181" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N181" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O181" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P181" s="0" t="s">
-        <v>1340</v>
+        <v>1339</v>
       </c>
       <c r="Q181" s="0">
         <v>2015</v>
       </c>
       <c r="R181" s="0" t="s">
+        <v>1340</v>
+      </c>
+      <c r="S181" s="0" t="s">
         <v>1341</v>
-      </c>
-[...1 lines deleted...]
-        <v>1342</v>
       </c>
       <c r="T181" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U181" s="0" t="s">
+        <v>1342</v>
+      </c>
+      <c r="V181" s="0" t="s">
         <v>1343</v>
-      </c>
-[...1 lines deleted...]
-        <v>1344</v>
       </c>
     </row>
     <row r="182" spans="1:22">
       <c r="A182" s="0" t="s">
+        <v>1344</v>
+      </c>
+      <c r="B182" s="0" t="s">
         <v>1345</v>
-      </c>
-[...1 lines deleted...]
-        <v>1346</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>364</v>
       </c>
       <c r="D182" s="0" t="s">
         <v>341</v>
       </c>
       <c r="E182" s="0" t="s">
         <v>660</v>
       </c>
       <c r="F182" s="0" t="s">
         <v>168</v>
       </c>
       <c r="G182" s="0" t="s">
         <v>107</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I182" s="0" t="s">
-        <v>1347</v>
+        <v>1346</v>
       </c>
       <c r="J182" s="0" t="s">
         <v>75</v>
       </c>
       <c r="K182" s="0" t="s">
         <v>127</v>
       </c>
       <c r="L182" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M182" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N182" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O182" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P182" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q182" s="0">
         <v>2016</v>
       </c>
       <c r="R182" s="0" t="s">
         <v>402</v>
       </c>
       <c r="S182" s="0" t="s">
         <v>403</v>
       </c>
       <c r="T182" s="0" t="s">
         <v>65</v>
       </c>
       <c r="U182" s="0" t="s">
+        <v>1347</v>
+      </c>
+      <c r="V182" s="0" t="s">
         <v>1348</v>
-      </c>
-[...1 lines deleted...]
-        <v>1349</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
@@ -17380,32 +17377,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Plants</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Plant_Select_Plants2026-01-21</dc:title>
+  <dc:title>Plant_Select_Plants2026-02-10</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>