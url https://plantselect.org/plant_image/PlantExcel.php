--- v4 (2026-02-10)
+++ v5 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Plants" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1349">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1332">
   <si>
     <t>Common Name</t>
   </si>
   <si>
     <t>Bontanic Name</t>
   </si>
   <si>
     <t>Plant Type</t>
   </si>
   <si>
     <t>Height</t>
   </si>
   <si>
     <t>Width</t>
   </si>
   <si>
     <t>Flowering Season</t>
   </si>
   <si>
     <t>Flower Color</t>
   </si>
   <si>
     <t>Sun</t>
   </si>
   <si>
@@ -86,51 +86,51 @@
   <si>
     <t>Year Introduced</t>
   </si>
   <si>
     <t>Annual Commercial Maintenance</t>
   </si>
   <si>
     <t>5-10 Year Commercial Maintenance</t>
   </si>
   <si>
     <t>Elevation Guide</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Web Link</t>
   </si>
   <si>
     <t>Alan's Apricot ice plant</t>
   </si>
   <si>
     <t>Delosperma 'Alan's Apricot'</t>
   </si>
   <si>
-    <t>Groundcover</t>
+    <t>Perennials</t>
   </si>
   <si>
     <t>1-2 inches</t>
   </si>
   <si>
     <t>12-18 inches</t>
   </si>
   <si>
     <t>Spring to fall</t>
   </si>
   <si>
     <t>Pink</t>
   </si>
   <si>
     <t>Sun, Part Sun</t>
   </si>
   <si>
     <t>Moderate to dry</t>
   </si>
   <si>
     <t>Zones 5-9</t>
   </si>
   <si>
     <t>Loam, Sandy, Gravelly</t>
   </si>
@@ -146,96 +146,93 @@
   <si>
     <t xml:space="preserve">No Maintenance, let spread. </t>
   </si>
   <si>
     <t>No Maintenance, replace any holes in ground cover with new plants if desired.</t>
   </si>
   <si>
     <t>Up to 6200 ft</t>
   </si>
   <si>
     <t>This superior form has larger (2") showy blooms covering the foliage nearly all summer long. Flower color changes seasonally from a true orangey-apricot to soft orangey-pink and then back again. Brought to Plant Select® by Alan Tower, Spokane WA. The hardiest and longest-blooming of all of our ice plant selections! Good for containers, rock gardens, rock walls and for edging. Xeriscape.
 &lt;/br&gt;
 &lt;/br&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; Wetness in the winter can cause die-back.  Thrives in a variety of sites, but grows best in full sun with moderate moisture in dry summers (as in summer monsoons). Does not like bark mulch - consider gravel.</t>
   </si>
   <si>
     <t>http://plantselect.org/delosperma-alan-s-apricot</t>
   </si>
   <si>
     <t>Alleghany viburnum</t>
   </si>
   <si>
     <t>Viburnum x rhytidophylloides 'Alleghany'</t>
   </si>
   <si>
-    <t>Shrub</t>
+    <t>Shrubs</t>
   </si>
   <si>
     <t>8-10 feet</t>
   </si>
   <si>
     <t>Late spring</t>
   </si>
   <si>
     <t>White</t>
   </si>
   <si>
     <t>Sun, Part Sun, Shade</t>
   </si>
   <si>
     <t>Zones 4b-8</t>
   </si>
   <si>
     <t>Clay, Loam, Sandy</t>
   </si>
   <si>
     <t>No maintenance, trim back large canes in fall or spring to shape this shrub.</t>
   </si>
   <si>
     <t>Follow annual maintenance. This can be a long lived large shrub if growing conditions are correct. If it needs to be pruned, follow ISA pruning techniques.</t>
   </si>
   <si>
     <t>Up to 8150 ft</t>
   </si>
   <si>
     <t>Stately, richly textured shrub with deep green leaves that are practically evergreen most winters.  Spectacular white bloom in spring with rich red berries through the summer and fall. A wonderful four season shrub hybridized at the U.S. National Arboretum in Washington, D.C. It provides an effect in the landscape similar to evergreen rhododendrons, and it is much more widely adaptable.  Shrub.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Use a mulch of bark or leaves in dry climates to retain soil moisture around plants.</t>
   </si>
   <si>
     <t>http://plantselect.org/viburnum-x-rhytidophylloides-alleghany</t>
   </si>
   <si>
     <t>Alpine willowherb</t>
   </si>
   <si>
     <t>Epilobium fleischeri</t>
-  </si>
-[...1 lines deleted...]
-    <t>Perennial</t>
   </si>
   <si>
     <t>18-20 inches</t>
   </si>
   <si>
     <t>10-12 inches</t>
   </si>
   <si>
     <t>Moderate</t>
   </si>
   <si>
     <t>Zones 3-8</t>
   </si>
   <si>
     <t>Loam, Sandy</t>
   </si>
   <si>
     <t>Prune back/shear to ground in spring.</t>
   </si>
   <si>
     <t>Follow annual maintenance. Can be long lived perennial if growing conditions are correct.</t>
   </si>
   <si>
     <t>Up to 8125 ft</t>
   </si>
@@ -450,128 +447,128 @@
   </si>
   <si>
     <t>Follow annual maintenance schedule</t>
   </si>
   <si>
     <t>Up to 6000 ft</t>
   </si>
   <si>
     <t>Blanca Peak® provides a 3 to 4 week-long eye-catching
 display of white tubular flowers in late spring. Light green
 foliage forms a low growing evergreen mat. Blanca PeakTM
 is long-lived and native to the higher elevations of AZ, CO,
 NM, UT, and WY and was Denver Botanic Gardens Chatfield
 Farms staff's favorite in 2019.</t>
   </si>
   <si>
     <t>http://plantselect.org/penstemon-strictus-pwwg06s</t>
   </si>
   <si>
     <t>Blonde Ambition blue grama grass</t>
   </si>
   <si>
     <t>Bouteloua gracilis 'Blonde Ambition'PP 22,048</t>
   </si>
   <si>
-    <t>Ornamental grass</t>
+    <t>Grasses</t>
   </si>
   <si>
     <t>30-36 inches</t>
   </si>
   <si>
     <t>July through winter</t>
   </si>
   <si>
     <t>Chartreuse, aging to blonde</t>
   </si>
   <si>
     <t>AZ,CA,CO,CT,FL,ID,KS,MA,ME,MI,MN,MT,ND,NE,NM,NV,NY,OH,SC,TX,UT,WY</t>
   </si>
   <si>
     <t xml:space="preserve">Cut back every early spring. </t>
   </si>
   <si>
     <t xml:space="preserve">Divide or remove old plants and replace with new plants. </t>
   </si>
   <si>
     <t>&lt;strong&gt;Blonde Ambition blue grama grass&lt;/strong&gt; is an impressive, highly ornamental form of Western native grass with tall, upright stems. Showy chartreuse, aging-to-blonde seed heads hold their straight shape. The seed heads are displayed high above the foliage through winter, providing many months of color and texture. Blonde Ambition holds up well to snow. &lt;a href="/plantstories/blue-grama-goes-blonde-bouteloua/" target="_blank"&gt;Read the plant story here&lt;/a&gt;. &lt;/br&gt;
 &lt;/br&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; It does reseed but the seedlings are not true, so pull them.  
 &lt;/br&gt;
 &lt;/br&gt;
 Developed by David Salman of Santa Fe, New Mexico&amp;mdash;a long-time supporter and contributor to the Plant Select program. &lt;a href="http://www.blondeambitiongrass.com/"target="blank"&gt;&lt;strong&gt;Propagators:&lt;/strong&gt; Learn more here.&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://plantselect.org/bouteloua-gracilis-blonde-ambition-sup-pp-22-048-sup</t>
   </si>
   <si>
     <t xml:space="preserve">Blue Jazz pinon pine </t>
   </si>
   <si>
     <t>Pinus monophylla ‘Blue Jazz'</t>
   </si>
   <si>
-    <t>Petites, Conifer</t>
+    <t>Shrubs,Trees</t>
   </si>
   <si>
     <t xml:space="preserve">24-30 inches </t>
   </si>
   <si>
     <t>24-30 inches</t>
   </si>
   <si>
     <t>Insignificant</t>
   </si>
   <si>
     <t>Zones 4-7</t>
   </si>
   <si>
     <t>AZ,CA,ID,NM,NV,UT</t>
   </si>
   <si>
     <t>No maintenance</t>
   </si>
   <si>
     <t>Follow annual maintenance. This can be a long lived tree/shrub if growing conditions are correct.</t>
   </si>
   <si>
     <t>Blue Jazz pinon pine is the most ornamental of all the dwarf pinon pines collected by Jerry Morris (a noted Denver plantsman) from naturally-occurring witches' brooms and introduced into cultivation. A dwarf globe shape, true blue needle color, and xeric nature make this conifer a real winner for water-wise gardens. Useful in rock and fairy gardens and large containers. Xeriscape.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Very little maintenance is required. Avoid overwatering or planting it in a shady location.</t>
   </si>
   <si>
     <t>http://plantselect.org/pinus-monophylla-blue-jazz</t>
   </si>
   <si>
     <t>BLUE VELVET® honeysuckle</t>
   </si>
   <si>
     <t>Lonicera korolkowii  'Floribunda'</t>
   </si>
   <si>
-    <t xml:space="preserve">Ornamental Tree </t>
+    <t>Trees</t>
   </si>
   <si>
     <t>10-12 feet</t>
   </si>
   <si>
     <t>Early spring</t>
   </si>
   <si>
     <t xml:space="preserve">Remove a few larger canes to base every 3-5 years to maintain healthy fresh growth habit. Or leave it alone. Do not shear. </t>
   </si>
   <si>
     <t xml:space="preserve">&lt;strong&gt;BLUE VELVET&lt;sup&gt;®&lt;/sup&gt; honeysuckle&lt;/strong&gt; is a stately, blue-gray shrub with trim, round leaves. Showy, opalescent pink flowers appear in the spring. Songbirds feed on the bright red berries that ripen in the summer and fall. Has proven to be resistant to disfiguring aphid damage for decades at the USDA Field Station in Cheyenne, Wyoming. Drought tolerant once established. Shrub. Xeriscape.
 &lt;/br&gt;
 &lt;/br&gt;
 &lt;strong&gt;Tips from the pros&lt;/strong&gt;: Give it plenty of room to grow. Prune out any dead wood in the spring after the new growth has started to emerge.  </t>
   </si>
   <si>
     <t>http://plantselect.org/lonicera-korolkowii-floribunda</t>
   </si>
   <si>
     <t>Bluestem joint fir</t>
   </si>
   <si>
     <t>Ephedra equisetina</t>
   </si>
@@ -759,53 +756,50 @@
     <t>Early summer</t>
   </si>
   <si>
     <t>Lavender</t>
   </si>
   <si>
     <t>Moderate in sun to dry shade</t>
   </si>
   <si>
     <t>Prune back hard in Fall or early spring</t>
   </si>
   <si>
     <t>Stately herb with large, textured foliage and whorls of showy flowers.  Lavender-pink flowers can be cut for fresh or dry arrangements.  Upright architectural form and whorled seedheads are highly ornamental in fall and winter.  Perennial.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Blends well in the traditional garden border or is well suited to mass plantings in a large space. Remove dead stalks and debris in late winter or early spring.</t>
   </si>
   <si>
     <t>http://plantselect.org/phlomis-cashmeriana</t>
   </si>
   <si>
     <t>Cherry skullcap</t>
   </si>
   <si>
     <t>Scutellaria suffrutescens</t>
-  </si>
-[...1 lines deleted...]
-    <t>Tender Perennial</t>
   </si>
   <si>
     <t>Zones 6-9</t>
   </si>
   <si>
     <t>Remove if dead, otherwise dead head spent flowers in spring.</t>
   </si>
   <si>
     <t>&lt;strong&gt;Cherry skullcap&lt;/strong&gt; is a low mounding perennial with continuous displays of hot, cherry-pink flowers. Grows best in sunny, well-drained sites. Good in raised beds, rock gardens or in front of the border. Tender perennial. Xeriscape.
 &lt;/br&gt;
 &lt;/br&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; Occasional light shearing will encourage a greater number of buds and blooms. Cut plants back to the ground in late winter to early spring.</t>
   </si>
   <si>
     <t>http://plantselect.org/scutellaria-suffrutescens</t>
   </si>
   <si>
     <t>CHEYENNE® mock orange</t>
   </si>
   <si>
     <t>Philadelphus lewisii 'PWY01S'</t>
   </si>
   <si>
     <t>6-9 feet</t>
   </si>
@@ -892,53 +886,50 @@
   </si>
   <si>
     <t>Clay, Sandy</t>
   </si>
   <si>
     <t>AZ,CO,KS,NM,OK,TX</t>
   </si>
   <si>
     <t xml:space="preserve">&lt;strong&gt;Chocolate flower&lt;/strong&gt; is an ever-blooming native wildflower from the Southwest. This native perennial produces a continuous succession of dark-eyed, yellow daisies over a compact rosette of foliage.
 &lt;br&gt;&lt;br&gt;
 Chocolate flower releases a rich chocolate aroma in the morning hours and in the evening. When temperatures heat up during the day (particularly in the middle of summer), the petals close or drop, and the scent fades. Can reseed.
 &lt;/br&gt;
 &lt;/br&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; Needs good drainage. Best with minimal water once established. Avoid planting in soils that are highly amended with organic materials. Cut back in July to keep plants from sprawling and to encourage longer blooming. </t>
   </si>
   <si>
     <t>http://plantselect.org/berlandiera-lyrata</t>
   </si>
   <si>
     <t>CLEAR CREEK® golden yellowhorn</t>
   </si>
   <si>
     <t>Xanthoceras sorbifolium 'Psgan'</t>
   </si>
   <si>
-    <t>Tree</t>
-[...1 lines deleted...]
-  <si>
     <t>18-22 feet</t>
   </si>
   <si>
     <t>10-15 feet</t>
   </si>
   <si>
     <t>April-May</t>
   </si>
   <si>
     <t>No maintenance, naturally has great branching structure.</t>
   </si>
   <si>
     <t>Masses of white flowers in spring with yellow eyes turning maroon. Unique leathery seedpods form in summer and persist into winter. Vase-shaped habit with attractive, ferny leaves. Especially hardy strain developed at Green Acres Nursery in Golden, Colorado.  Large shrub or small tree.</t>
   </si>
   <si>
     <t>http://plantselect.org/xanthoceras-sorbifolium-psgan</t>
   </si>
   <si>
     <t>Colorado desert blue star</t>
   </si>
   <si>
     <t>Amsonia jonesii</t>
   </si>
   <si>
     <t>12-16 inches</t>
@@ -1108,53 +1099,50 @@
     <t>Early spring to late fall</t>
   </si>
   <si>
     <t>Purple</t>
   </si>
   <si>
     <t>Clay, Loam</t>
   </si>
   <si>
     <t>Hand pull dead foliage in spring.</t>
   </si>
   <si>
     <t>A wild violet from the Mediterranean with large, one-inch, bright purple flowers produced in every season. Heat tolerant and perennial, it combines well with other colors in the garden and can take considerable drought.  Excellent in the rock garden.  Reseeds moderately.  Perennial.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Reseeds freely once established. Seedlings are easy to pull and can be transplanted to relocate to more suitable locations if desired.</t>
   </si>
   <si>
     <t>http://plantselect.org/viola-corsica</t>
   </si>
   <si>
     <t>CRYSTAL FROST™ Arizona cypress</t>
   </si>
   <si>
     <t>Hesperocyparis arizonica 'Fandango'</t>
-  </si>
-[...1 lines deleted...]
-    <t>Conifer</t>
   </si>
   <si>
     <t>18-25 feet</t>
   </si>
   <si>
     <t>8-15 feet</t>
   </si>
   <si>
     <t>Zones 5a-9</t>
   </si>
   <si>
     <t>AZ,CA,NM,NV,TX,UT</t>
   </si>
   <si>
     <t>None needed but can be lightly trimmed to enhance branching structure</t>
   </si>
   <si>
     <t>Up to 6200'</t>
   </si>
   <si>
     <t>As our weather grows more unpredictable, we're looking for resilient trees that can handle the extremes—like CRYSTAL FROST™ Arizona cypress. This southwestern native tree was selected from a higher elevation along the Arizona/New Mexico border. It's extremely heat tolerant, extremely drought tolerant, and it can handle winter temperatures down to -20 degrees Fahrenheit.
 &lt;br&gt;
 &lt;br&gt;
 &lt;strong&gt;Tip from pros:&lt;/strong&gt; This conifer prefers sandy, loam or gravel soils&amp;mdash;not clay.</t>
   </si>
@@ -1222,53 +1210,50 @@
     <t>Dalmatian daisy</t>
   </si>
   <si>
     <t>Tanacetum cinerariifolium</t>
   </si>
   <si>
     <t>June to July</t>
   </si>
   <si>
     <t>Zones 4-10</t>
   </si>
   <si>
     <t>The compact mound of silvery, ferny foliage is decorative at all times, but much of the year it is obscured under a dome of shimmering white daisies. Aromatic and pest-free, this is the perfect white daisy for drier gardens and landscapes.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Needs well-drained soil. Cut back finished flower stalks in midsummer to refresh the appearance and to minimize seeding if not desired. In late winter, cut back old foliage around the edge of the rosette to make room for new spring growth.</t>
   </si>
   <si>
     <t>http://plantselect.org/tanacetum-cinerariifolium</t>
   </si>
   <si>
     <t>Dalmatian pink cranesbill</t>
   </si>
   <si>
     <t>Geranium dalmaticum</t>
-  </si>
-[...1 lines deleted...]
-    <t>Petites</t>
   </si>
   <si>
     <t>late spring to early summer</t>
   </si>
   <si>
     <t>Zones 5-7</t>
   </si>
   <si>
     <t xml:space="preserve">Hand trim or rake  dead leaves and stems in spring. </t>
   </si>
   <si>
     <t xml:space="preserve">The groundcover geranium, &lt;strong&gt;Dalmatian pink cranesbill&lt;/strong&gt; (&lt;I&gt;Geranium dalmaticum&lt;/I&gt;), may be petite in stature, but it carries a big footprint for its usefulness in the garden. It's perfectly suited to use in a rock garden, where the low growing foliage serves as a wonderful groundcover and filler. It shines as a groundcover beneath shrubs providing a finishing touch to areas often neglected for planting. At the front edge of a perennial border, Dalmation pink cranesbill serves as a neat perimeter plant. &lt;br&gt;&lt;br&gt;It covers itself with pretty pink flowers in spring and early summer. The foliage has pretty scalloped leaves that set off the flowers. In late summer and fall, the leaves take on reddish tones and extend the season of interest through autumn and even parts of winter.&lt;br&gt;&lt;br&gt;&lt;i&gt;Geranium dalmaticum&lt;/i&gt; is a little workhorse of a waterwise plant. It will grow well in sun or light shade. Enjoy this versatile addition to your garden!
 </t>
   </si>
   <si>
     <t>http://plantselect.org/geranium-dalmaticum</t>
   </si>
   <si>
     <t>Denver Daisy</t>
   </si>
   <si>
     <t>Rudbeckia</t>
   </si>
   <si>
     <t>18-28 inches</t>
@@ -1472,53 +1457,50 @@
   <si>
     <t>June</t>
   </si>
   <si>
     <t>Zones 3-6</t>
   </si>
   <si>
     <t>CO,IA,MN,ND,NM,OK,SD</t>
   </si>
   <si>
     <t>None required</t>
   </si>
   <si>
     <t>&lt;strong&gt;Dwarf leadplant&lt;/strong&gt; is a native shrub that blooms spikes of honey-scented, purple flowers in June. A member of the Pea family, Dwarf Leadplant and can take nitrogen from the air and transform it into a nitrate fertilizer with the help of a symbiotic soil-dwelling microbe called Rhizobium. As a result, this beautiful, dryland shrub looks green and healthy even in the most impoverished soils. This shrub is perfect for the most challenging, full-sun spots in the garden. &lt;br&gt;&lt;br&gt;Dwarf leadplant offers &lt;a href="https://www.wildflower.org/plants/result.php?id_plant=AMNA" target="_blank"&gt;special value to native bees.&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://plantselect.org/amorpha-nana</t>
   </si>
   <si>
     <t>Dwarf pinyon pine</t>
   </si>
   <si>
     <t>Pinus edulis</t>
   </si>
   <si>
-    <t>Petites, conifer</t>
-[...1 lines deleted...]
-  <si>
     <t>insignificant</t>
   </si>
   <si>
     <t>AZ,CA,CO,NM,NV,OK,TX,UT,WY</t>
   </si>
   <si>
     <t>Slow growing selection of native pinon pine forming tight mounds over time. Extremely drought-tolerant adapting well to harsh conditions. Excellent evergreen choice for rock gardens and permanent containers.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Should be used in place of the common non-native mugo pines, as they will seldom outgrow their planting site as mugos commonly do. Avoid overwatering once the plant is established.</t>
   </si>
   <si>
     <t>http://plantselect.org/pinus-edulis</t>
   </si>
   <si>
     <t>Engelmann's daisy</t>
   </si>
   <si>
     <t>Engelmannia peristenia</t>
   </si>
   <si>
     <t>24-28 inches</t>
   </si>
   <si>
     <t>May to frost</t>
@@ -1650,131 +1632,125 @@
     <t>Pink mixed</t>
   </si>
   <si>
     <t>Zones 3b-9</t>
   </si>
   <si>
     <t>Prune back hard in spring.</t>
   </si>
   <si>
     <t xml:space="preserve">A clump-forming dianthus with flowers that change from pure white to deep rose.  There is a constant succession of bloom from April to frost.  Intensely fragrant with attractive mounds of foliage in winter.  Perennial.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Judicious deadheading will ensure a long blooming season.  Although short-lived, clumps can persist for two, three, or more years.  
 </t>
   </si>
   <si>
     <t>http://plantselect.org/dianthus</t>
   </si>
   <si>
     <t>FLATIRON™ sand cherry</t>
   </si>
   <si>
     <t>Prunus pumila var. besseyi 'Boulder Weeping'</t>
   </si>
   <si>
-    <t>Deciduous shrub</t>
-[...1 lines deleted...]
-  <si>
     <t>12 inches</t>
   </si>
   <si>
     <t>Sun, Part Sun, Part Shade</t>
   </si>
   <si>
     <t>Moderate, dry, xeric</t>
   </si>
   <si>
     <t>CO,IA,IL,IN,KS,MI,MN,MT,ND,NE,OH,OR,SD,UT,WI,WY</t>
   </si>
   <si>
     <t>After it's mature, select a few larger branches and prune them off to about 6" above ground. Let the plant rejuvenate.</t>
   </si>
   <si>
     <t>In the spring, trim all height back to less than 8-12" and allow it to rejuvenate. (If you do annual maintenance, this care likely won't be needed.)</t>
   </si>
   <si>
     <t>Up to 8000 feet</t>
   </si>
   <si>
     <t xml:space="preserve">&lt;strong&gt;FLATIRON™ sand cherry&lt;/strong&gt; is a ground-hugging native shrub reaching about one foot tall and six to eight feet wide. Horticulturist Scott Skogerboe selected it from the wild for its low stature and brilliant red fall color. FLATIRON™ makes a wonderful groundcover. It tolerates inhospitable conditions, including heat and low water.
 &lt;br&gt;&lt;br&gt;
 Its glossy green leaves are topped with white flowers that are of special value to native bees in the spring. During summer, it can happily produce fruit for birds. In the fall, it turns a gorgeous red color. </t>
   </si>
   <si>
     <t>http://plantselect.org/prunus-pumila-var-besseyi-boulder-weeping</t>
   </si>
   <si>
-    <t>FREEDA® Caterpillar Grass</t>
+    <t>FREEDA® caterpillar grass</t>
   </si>
   <si>
     <t>Harpochloa falx ‘Compact Black'</t>
   </si>
   <si>
-    <t>Grass</t>
-[...1 lines deleted...]
-  <si>
     <t>2 feet</t>
   </si>
   <si>
     <t>June to fall</t>
   </si>
   <si>
     <t>Black</t>
   </si>
   <si>
     <t>Moderate to low</t>
   </si>
   <si>
     <t xml:space="preserve">&lt;strong&gt;FREEDA® Caterpillar grass&lt;/strong&gt; is a small, clumping grass that's native to the South African steppe. Its flowers emerge in July, forming loops that resemble caterpillars—only to unfurl into playful, fuzzy-looking seedheads that resemble dark eyebrows. In winter, the tufts of foliage turn a dark chocolate color.&lt;br&gt;&lt;br&gt;FREEDA® Caterpillar grass is drought tolerant and thrives in full to partial sun. It prefers average to well-draining soil. </t>
   </si>
   <si>
     <t>http://plantselect.org/harpochloa-falx-compact-black</t>
   </si>
   <si>
     <t>Furman's Red sage</t>
   </si>
   <si>
     <t>Salvia greggii 'Furman's Red'</t>
   </si>
   <si>
     <t>June to October</t>
   </si>
   <si>
     <t>Zones 5b-10</t>
   </si>
   <si>
     <t xml:space="preserve">Hardy selection of a southwestern ever-blooming sage. Crimson to scarlet flowers are produced in repeated flushes through the summer and autumn. Best cut back in spring. Woody perennial. Xeriscape. Read more &lt;a href="/plantstories/wild-thing-and-furmans-red-sage-double-delight/" target="_blank"&gt;here&lt;/a&gt;.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Plant in spring so roots can get fully established by fall. Deadhead consistently the first season to promote growth from the crown, creating a stronger plant. Good drainage essential - does not like soggy winter conditions. Provide additional mulch protection in winter. Wait to cut back in spring when new growth is visible.  </t>
   </si>
   <si>
     <t>http://plantselect.org/salvia-greggii-furman-s-red</t>
   </si>
   <si>
-    <t>Giant sacaton</t>
+    <t>Giant sacaton grass</t>
   </si>
   <si>
     <t>Sporobolus wrightii</t>
   </si>
   <si>
     <t>60-84 inches</t>
   </si>
   <si>
     <t>48-60 inches</t>
   </si>
   <si>
     <t>Late summer to fall</t>
   </si>
   <si>
     <t>Blonde aging to bronze</t>
   </si>
   <si>
     <t>CA,CO,NM,OK,SC,TX,UT</t>
   </si>
   <si>
     <t xml:space="preserve">Cut/shear back every spring. </t>
   </si>
   <si>
     <t>No maintenance, long lived plant that is well behaved. Will not die out in the center.</t>
   </si>
@@ -1797,53 +1773,50 @@
     <t>8-10 inches</t>
   </si>
   <si>
     <t>18+ inches</t>
   </si>
   <si>
     <t>AZ,CO,KS,NM,TX</t>
   </si>
   <si>
     <t>It's easiest to never touch this plant.  It will look brown in spring, but it is alive and will turn green the hotter it gets.  Use a blower to remove other plant's leaf litter. You will appreciate not having to think about this plant.</t>
   </si>
   <si>
     <t>Outstanding selection of native prairie zinnia chosen for its vigor, foliage color and large flowers. Excellent for hot, dry sites; thrives in all soil types, even dry clay. Recommended for slopes, along driveways and other places where it can spread as a large scale groundcover. Developed by David Salman. Read more &lt;a href="https://plantselect.org/plantstories/gold-on-blue-not-your-typical-zinnia/" target="_blank"&gt;here&lt;/a&gt;.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Low maintenance, however shearing plants back in late fall or spring will clean out old growth. Best to plant in late spring or early summer to allow it to establish a strong crown before winter's cold.</t>
   </si>
   <si>
     <t>http://plantselect.org/zinnia-grandiflora-gold-on-blue</t>
   </si>
   <si>
     <t>Golden Candles</t>
   </si>
   <si>
     <t>Thermopsis lupinoides</t>
-  </si>
-[...1 lines deleted...]
-    <t>Herbaceous Perennial</t>
   </si>
   <si>
     <t>Shear back to the ground every spring to make way for the new year's growth.</t>
   </si>
   <si>
     <t xml:space="preserve">&lt;strong&gt;Golden Candles&lt;/strong&gt; has thick clusters of bright yellow buds that emerge at ground level in April. The blooms taper into elegant, yellow-golden, candle spires of showy color. Attractive mounds of lupine-like foliage persist the rest of the summer. A robust, adaptable perennial for borders or xeriscapes. Provides cheerful color early in the season which everyone will enjoy, including early-emerging pollinators!&lt;br&gt;&lt;br&gt;&lt;strong&gt;Tips from the pros:&lt;/strong&gt; Can take a few seasons to get going. Well worth the wait! </t>
   </si>
   <si>
     <t>http://plantselect.org/thermopsis-lupinoides</t>
   </si>
   <si>
     <t>Golden storksbill</t>
   </si>
   <si>
     <t>Erodium chrysanthum</t>
   </si>
   <si>
     <t>10-25 inches</t>
   </si>
   <si>
     <t>Loam, Gravelly</t>
   </si>
   <si>
     <t xml:space="preserve">Rake out dead leaves in spring if any. </t>
   </si>
@@ -1892,103 +1865,97 @@
   <si>
     <t>http://plantselect.org/penstemon-mensarum</t>
   </si>
   <si>
     <t>GRANITA® Orange ice plant</t>
   </si>
   <si>
     <t>Delosperma ‘PJS02S'</t>
   </si>
   <si>
     <t>Spring-fall</t>
   </si>
   <si>
     <t xml:space="preserve">Have your granita and eat it too! This high performing new ice plant, like it's kin GRANITA® Raspberry, closely hugs the ground, vigorously spreads and is densely covered with large flowers in varying shades of rusty orange that are at once bright, earthy and iridescent. A beautiful way to enhance your garden, provide nectar for bees, and save water at the same time. </t>
   </si>
   <si>
     <t>http://plantselect.org/delosperma-pjs02s</t>
   </si>
   <si>
     <t>GRANITA® pussytoes</t>
   </si>
   <si>
     <t>Antennaria dimorpha 'PJS03S'</t>
   </si>
   <si>
-    <t>Evergreen perennial</t>
-[...1 lines deleted...]
-  <si>
     <t>12-15 inches</t>
   </si>
   <si>
     <t>CA,CO,ID,MT,NE,NM,NV,OR,UT,WA,WY</t>
   </si>
   <si>
     <t>No annual maintenance necessary. (Evergreen so no need to cut back. Deadheading also not necessary.)</t>
   </si>
   <si>
     <t>No maintenance necessary. (Evergreen so no need to cut back. Deadheading also not necessary.)</t>
   </si>
   <si>
     <t>Up to 8500 feet</t>
   </si>
   <si>
     <t xml:space="preserve">&lt;strong&gt;GRANITA® pussytoes&lt;/strong&gt; is a selection of &lt;em&gt;Antennaria dimorpha&lt;/em&gt; that is native to almost every state in the West. This native groundcover was selected for its small, silver-green leaves, its tight mat of foliage and its short flower stems. The white blooms sit right on top of the foliage, so there's no need to deadhead this plant. It's also evergreen, bringing year-round interest to your garden. 
 &lt;br&gt;&lt;br&gt;
 GRANITA® pussytoes is ideal in a flagstone path, as a living mulch or in a crevice garden. </t>
   </si>
   <si>
     <t>http://plantselect.org/antennaria-dimorpha-pjs03s</t>
   </si>
   <si>
     <t>GRANITA® Raspberry ice plant</t>
   </si>
   <si>
     <t>Delosperma 'PJS01S'</t>
   </si>
   <si>
     <t>Late spring to fall</t>
   </si>
   <si>
     <t>Raspberry pink</t>
   </si>
   <si>
     <t xml:space="preserve">A beautiful and unique new ice plant discovered by John Stireman among his planting of FIRE Spinner™. A vigorous and floriferous plant with large, striking, iridescent raspberry flowers that are densely packed. Creates a beautiful, shiny, dark pink carpet at the front of a border or woven throughout a bed underpinning taller perennials and shrubs. 
 &lt;br&gt;&lt;br&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; Wetness in the winter can cause die-back. Thrives in a variety of sites, but grows best in full sun with moderate moisture in dry summers (as in summer monsoons). Does not like bark mulch - consider gravel. </t>
   </si>
   <si>
     <t>http://plantselect.org/delosperma-pjs01s</t>
   </si>
   <si>
     <t>Guernsey Green Juniper, WINDWALKER® Series</t>
   </si>
   <si>
     <t>Juniperus horizontalis ‘Guernsey Green'</t>
-  </si>
-[...1 lines deleted...]
-    <t>evergreen shrub</t>
   </si>
   <si>
     <t>3 inches</t>
   </si>
   <si>
     <t>5-10 feet</t>
   </si>
   <si>
     <t>n/a</t>
   </si>
   <si>
     <t>Low to xeric</t>
   </si>
   <si>
     <t>CT,IA,IL,MA,ME,MI,MN,MT,ND,NE,NH,NY,RI,SD,VT,WI,WY</t>
   </si>
   <si>
     <t>Let it grow, trim tips to encourage branching when it is young</t>
   </si>
   <si>
     <t>Trim back as needed to maintain size</t>
   </si>
   <si>
     <t xml:space="preserve">This ground-hugging evergreen with silver to black berries hales from the windy prairies of Eastern Wyoming, where this semi-desert variety is highly drought tolerant. Just as happy in the shade as it is in full sun, Guernsey Green joins but a handful of western native nursery plants that tolerate dry shade. Plant Guernsey Green as a living mulch around other xeric shrubs, perennials, and grasses. Enjoy it for its versatility, salt tolerance, and its lush evergreen beauty. </t>
   </si>
@@ -2135,51 +2102,51 @@
   <si>
     <t>zones 3-8</t>
   </si>
   <si>
     <t>CO,ID,MT,NV,OR,UT,WY</t>
   </si>
   <si>
     <t>Cut back/shear off spent flower heads every fall. Or leave for winter interest and shear in March.</t>
   </si>
   <si>
     <t>&lt;strong&gt;KANNAH CREEK&lt;sup&gt;®&lt;/sup&gt; buckwheat&lt;/strong&gt; has masses of yellow flowers that turn orange as they age. Spreading green foliage changes to a vivid purple-red in winter. Vigorous and adaptable western native. Perennial. &lt;a href="/plantstories/a-grand-plant-from-grand-mesa/" target="_blank"&gt;Read the story on this perennial here&lt;/a&gt;.
 &lt;/br&gt;
 &lt;/br&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; When sited properly, KANNAH CREEK&lt;sup&gt;®&lt;/sup&gt; buckwheat requires very little attention. Not well suited to areas that are frequently irrigated, poorly drained, or soils highly highly amended with organic materials.&lt;Br&gt;&lt;Br&gt;&lt;a href="https://plantselect.org/plantstories/a-grand-plant-from-grand-mesa/"&gt;View the plant story here &gt;&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://plantselect.org/eriogonum-umbellatum-var-aureum-psdowns</t>
   </si>
   <si>
     <t>KINTZLEY'S GHOST® honeysuckle</t>
   </si>
   <si>
     <t>Lonicera reticulata 'P015S'</t>
   </si>
   <si>
-    <t>Vine</t>
+    <t>Vines</t>
   </si>
   <si>
     <t>8-12 feet</t>
   </si>
   <si>
     <t>3-6 feet</t>
   </si>
   <si>
     <t>June, showy bracts through fall</t>
   </si>
   <si>
     <t>AR,GA,IA,IL,IN,KS,KY,MA,MI,MN,MO,NY,OH,OK,TN,WI</t>
   </si>
   <si>
     <t>Allow to grow up metal structures, very little pruning or shaping needed. Long hanging down branches can be trimmed off at any time.</t>
   </si>
   <si>
     <t>Prune back any stray branches that have gone out of bounds. Reshape climbing habit in spring.</t>
   </si>
   <si>
     <t>&lt;strong&gt;KINTZLEY'S GHOST® honeysuckle&lt;/strong&gt; is a vigorous, silver vine. It's clothed with long lasting, circular bracts the size and color of silver dollars, subtending tubular yellow flowers in June. Propagated by William "Ped" Kintzley at the Iowa State University (then college) greenhouses in the 1880s and passed on to family members. Perennial woody vine attractive to hummingbirds and pollinators like honey bees and bumble bees. &lt;a href="/plantstories/horticultural-heirloom-kintzleys-ghost/" target="_blank"&gt;Read the story of this vine here&lt;/a&gt;.
 &lt;/br&gt;
 &lt;/br&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; In the spring, trim off any dead twigs and branches, and prune for shape. Work into trellis structure for good foundation. Very low maintenance.</t>
   </si>
@@ -2605,53 +2572,50 @@
   <si>
     <t>10-15 inches</t>
   </si>
   <si>
     <t>Clay, Sandy, Gravelly</t>
   </si>
   <si>
     <t xml:space="preserve">No maintenance, let it grow. Seed heads are beautiful. </t>
   </si>
   <si>
     <t xml:space="preserve">This high-altitude native of the Moroccan Atlas Mountains possesses many ornamental characteristics: low mat-like growth with textured evergreen greyish leaves, short-stemmed pincushion-like dusty-rose-colored flowers, and attractive silvery seed heads. It is truly a four season stunner. Excellent for rock gardens, raised beds and large containers. Xeriscape.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Little maintenance is required. Keep faster growing plants from growing over this treasure. </t>
   </si>
   <si>
     <t>http://plantselect.org/pterocephalus-depressus</t>
   </si>
   <si>
     <t>Mountain lover</t>
   </si>
   <si>
     <t>Paxistima canbyi</t>
   </si>
   <si>
-    <t xml:space="preserve">Broadleaf evergreen </t>
-[...1 lines deleted...]
-  <si>
     <t>15-20 inches</t>
   </si>
   <si>
     <t>Inconspicuous flowers in April</t>
   </si>
   <si>
     <t>Part Sun, Shade</t>
   </si>
   <si>
     <t>KY,MD,NC,OH,PA,TN,VA,WV</t>
   </si>
   <si>
     <t>No maintenance and  it fill area. Can  lightly shear to make more compact.</t>
   </si>
   <si>
     <t xml:space="preserve">A prostrate, broadleaf evergreen shrub.  The lustrous, dark green leaves deepen with purple tints in the winter.  Although rare in its native Allegheny Mountains' home, this is a durable and adaptable plant that tolerates alkaline soils.  Great for edging, woodland designs, or a small-scale groundcover in the home garden.  Shrub.
 &lt;br/&gt;
 &lt;br/&gt;
 Tips from the pros:  Very low maintenance.  Performs very well in moist or dry shade.  </t>
   </si>
   <si>
     <t>http://plantselect.org/paxistima-canbyi</t>
   </si>
   <si>
     <t>Narbonne blue flax</t>
@@ -3543,78 +3507,72 @@
   <si>
     <t>Silver sage</t>
   </si>
   <si>
     <t>Salvia argentea</t>
   </si>
   <si>
     <t>Zones 4a-10</t>
   </si>
   <si>
     <t xml:space="preserve">&lt;strong&gt;Silver sage&lt;/strong&gt; is an exceptional foliage plant that adds lovely contrast to western landscapes. It has fuzzy, elephant ear leaves covered with long, silky hairs. The white flowers are produced on candelabra-like stems in early summer. This is a dramatic accent plant for the water-smart garden or perennial border, originating in the eastern Mediterranean region. Shorter-lived perennial. Xeriscape.
 &lt;/br&gt;
 &lt;/br&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; Deadhead entire stalks of spent flowers to promote the silvery, fuzzy foliage and to prevent reseeding.  </t>
   </si>
   <si>
     <t>http://plantselect.org/salvia-argentea</t>
   </si>
   <si>
     <t>Silver Shield French sorrel</t>
   </si>
   <si>
     <t>Rumex scutatus 'Silver Shield'</t>
   </si>
   <si>
-    <t>Herbaceous perennial</t>
-[...1 lines deleted...]
-  <si>
     <t>Light pink (Inconspicuous)</t>
   </si>
   <si>
     <t xml:space="preserve">Zones 5b-9 </t>
   </si>
   <si>
     <t>Trim back any time to shape. Cut back annually in the spring.</t>
   </si>
   <si>
     <t>Up to 7200 feet</t>
   </si>
   <si>
     <t>This striking perennial herb forms a rounded mound of silvery, shield-shaped leaves that brighten dry, shady spots, as well as sunny areas.&lt;br&gt;&lt;br&gt;Easy to grow and drought-tolerant, &lt;strong&gt;Silver Shield French sorrel&lt;/strong&gt; adapts to most soils&amp;mdash;though, it will grow best in loam. It performs well from sun to part shade. Use it as an accent, groundcover, or in containers.&lt;br&gt;&lt;br&gt;Beyond its ornamental value, the leaves are edible and pleasantly sour due to naturally-occurring oxalic acid. They can lend a bright, tangy flavor when used sparingly.&lt;br&gt;&lt;br&gt;&lt;strong&gt;Pro tip:&lt;/strong&gt; Trim this plant back at any time during the growing season to shape it how you desire.&lt;br&gt;&lt;br&gt;&lt;a href="https://plantselect.org/plantstories/spice-up-your-garden-and-your-salad-with-silver-shield-french-sorrel/"&gt;Read the plant story &gt;&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://plantselect.org/rumex-scutatus-silver-shield</t>
   </si>
   <si>
     <t>SILVER TOTEM® buffaloberry</t>
   </si>
   <si>
     <t xml:space="preserve">Shepherdia argentea 'Totem' </t>
-  </si>
-[...1 lines deleted...]
-    <t>shrub/small tree</t>
   </si>
   <si>
     <t>3 feet</t>
   </si>
   <si>
     <t>AZ,CA,CO,ID,KS,MI,MN,MT,ND,NE,NM,NY,OR,SD,UT,WY</t>
   </si>
   <si>
     <t>Up to 7000 ft</t>
   </si>
   <si>
     <t>SILVER TOTEM® buffaloberry has an upright, columnar growth habit, making it idea for many uses from accents, to hedges, to colonnades lining walkways, or separating the "rooms" of your garden. Small clusters of tiny yellow flowers appear in early spring before the narrow, silvery leaves emerge. It is ideal for sunny, dry locations. It will tolerate heat and drought, but it does equally well in moist conditions. &lt;br&gt;&lt;br&gt;&lt;a href="https://plantselect.org/plantstories/silver-totem-buffaloberry/"&gt;Read the story about this buffaloberry here.&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://plantselect.org/shepherdia-argentea-totem</t>
   </si>
   <si>
     <t>Silverheels horehound</t>
   </si>
   <si>
     <t>Marrubium rotundifolium</t>
   </si>
   <si>
     <t>4 inches</t>
   </si>
@@ -3823,51 +3781,51 @@
   <si>
     <t>http://plantselect.org/digitalis-thapsi</t>
   </si>
   <si>
     <t>St. Theresa seedless grape</t>
   </si>
   <si>
     <t>Vitis x ‘St. Theresa Seedless'</t>
   </si>
   <si>
     <t>3-8 feet</t>
   </si>
   <si>
     <t>Prune back hard in spring or leave it up on arbor.</t>
   </si>
   <si>
     <t xml:space="preserve">This hardy, mostly seedless, purple slip-skin grape with excellent flavor is an early season table grape variety from Elmer Swenson's breeding program in Wisconsin. Wonderful for arbors. Tolerates alkaline soils. Woody vine. Read more &lt;a href="/plantstories/saint-theresa-seedless-grape-glorious-grape/" target="_blank"&gt;here&lt;/a&gt;.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Full sun and regular irrigation produces the best quality fruit. A wire fence is ideal for support. To keep them from growing out of bounds, prune in winter by cutting back to one or two buds from last season's growth on each cane. Protect from winter exposure. Prune hard every 3-5 years.  </t>
   </si>
   <si>
     <t>http://plantselect.org/vitis-x-st-theresa-seedless</t>
   </si>
   <si>
-    <t xml:space="preserve">Standing Ovation little bluestem </t>
+    <t>Standing Ovation little bluestem grass</t>
   </si>
   <si>
     <t xml:space="preserve">Schizachyrium scoparium ‘Standing Ovation' PP25,202 </t>
   </si>
   <si>
     <t>Tan</t>
   </si>
   <si>
     <t>AK,AL,AR,AZ,CA,CO,CT,DE,FL,GA,HI,IA,IL,IN,KS,KY,LA,MA,MD,ME,MI,MN,MO,MS,MT,NC,ND,NE,NH,NJ,NM,NY,OH,OK,PA,RI,SC,SD,TN,TX,UT,VA,VT,WA,WI,WV,WY</t>
   </si>
   <si>
     <t xml:space="preserve">&lt;strong&gt;Standing Ovation little bluestem&lt;/strong&gt; is a warm season grass that does well in poor, dry soils. It keeps a tight, upright habit throughout the entire growing season. Spikey bluish-green leaves transition to a brilliant display of shades of red changing to deep purple in the autumn. Seed heads remain upright through winter and provide winter interest and food for birds. Standing Ovation is a selection of a grass that's native to much of the United States. Brought to Plant Select® by North Creek Nursery. Useful in mass plantings or meadow designs.
 &lt;/br&gt;
 &lt;/br&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; Best planted in spring or early summer in dry climates. Leave plants standing through winter and cut back to the ground in spring. </t>
   </si>
   <si>
     <t>http://plantselect.org/schizachyrium-scoparium-standing-ovation-pp25-202</t>
   </si>
   <si>
     <t>STARBURST™ ice plant</t>
   </si>
   <si>
     <t>Delosperma floribundum</t>
   </si>
@@ -4050,88 +4008,82 @@
   <si>
     <t>http://plantselect.org/gazania-krebsiana</t>
   </si>
   <si>
     <t>Tennessee purple coneflower</t>
   </si>
   <si>
     <t>Echinacea tennesseensis</t>
   </si>
   <si>
     <t>June-August</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>This American purple coneflower is a refreshing addition to summer borders with amazing adaptability to western gardens. Once endangered in the wild, conservation efforts have brought native populations back to healthy levels, and Plant Select® celebrates their official, federal recovery. Beautiful purple-pink flowers bloom cheerily during summer, &lt;strong&gt;always facing east&lt;/strong&gt;. &lt;a href="/plantstories/a-conservation-success-story-tennessee-purple-coneflower/" target="_blank"&gt;Read the plant story here&lt;/a&gt;.
 &lt;/br&gt;
 &lt;/br&gt;
 &lt;strong&gt;Tips from the pros: &lt;/strong&gt;Thrives in a wide range of soils. Be sure to site properly as flowers always face east. Deadhead for aesthetics.</t>
   </si>
   <si>
     <t>http://plantselect.org/echinacea-tennesseensis</t>
   </si>
   <si>
-    <t>Thin Man Golden Prairie Grass</t>
+    <t>Thin Man golden prairie grass</t>
   </si>
   <si>
     <t>Sorghastrum nutans 'Thin Man' PP 28,923</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ornamental Grass</t>
   </si>
   <si>
     <t>72 inches</t>
   </si>
   <si>
     <t>Late summer</t>
   </si>
   <si>
     <t>Bronze</t>
   </si>
   <si>
     <t>AK,AL,AR,AZ,CO,CT,DE,FL,GA,HI,IA,IL,IN,KS,KY,LA,MA,MD,ME,MI,MN,MO,MS,MT,NC,ND,NE,NH,NJ,NM,NY,OH,OK,PA,RI,SC,SD,TN,TX,UT,VA,VT,WI,WV,WY</t>
   </si>
   <si>
     <t>&lt;strong&gt;Thin Man golden prairie grass (formerly Indian grass)&lt;/strong&gt; has stunning blue-green foliage and an upright growing habit to the leaves and flower spikes. Blooming in late summer, the showy, golden-bronze flowers provide big seeds that feed songbirds and other seed-eating animals in fall. It's a warm-season grass.
 &lt;/br&gt;&lt;/br&gt;
 Thin Man was selected from a population of native &lt;i&gt;Sorghastrum nutans&lt;/i&gt; collected in New Mexico near the Texas border. Thus, it's much more xeric and tolerant of dry, western growing conditions than other varieties from the Midwest and East Coast. &lt;a href="https://plantselect.org/native-alternative-to-karl-foerster-grass/"&gt;A native alternative to Karl Foerster feather reed grass.&lt;/a&gt;&lt;br&gt;&lt;br&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; Once established, grow on the dry side to enhance the blue color of the foliage.
 &lt;br&gt;&lt;br&gt;&lt;a href="https://plantselect.org/plantstories/make-room-for-thin-man/"&gt;Read more about this grass here.&lt;/a&gt;</t>
   </si>
   <si>
     <t>http://plantselect.org/sorghastrum-nutans-thin-man-sup-pp-28-923-sup</t>
   </si>
   <si>
     <t>TIDY Littleleaf Peashrub</t>
   </si>
   <si>
     <t>Caragana microphylla 'Tidy'</t>
-  </si>
-[...1 lines deleted...]
-    <t>Shrub/small tree</t>
   </si>
   <si>
     <t>5-7 feet</t>
   </si>
   <si>
     <t>Train into tree form if desired</t>
   </si>
   <si>
     <t xml:space="preserve">&lt;strong&gt;TIDY littleleaf peashrub&lt;/strong&gt; can be a small tree or large shrub, depending on how you decide to train it. In the late spring, showy, yellow flowers contrast perfectly with the bright-green, ferny foliage. TIDY littleleaf peashrub takes heat, intense cold, poor soil and xeric conditions in stride. It can be used as a windbreak, bird habitat or landscape tree. &lt;br&gt;&lt;br&gt;It was selected for reduced suckering, making it a perfect courtyard tree with a Southwestern look. </t>
   </si>
   <si>
     <t>http://plantselect.org/caragana-microphylla-tidy</t>
   </si>
   <si>
     <t>Turkish veronica</t>
   </si>
   <si>
     <t>Veronica liwanensis</t>
   </si>
   <si>
     <t>&lt;strong&gt;Turkish Veronica&lt;/strong&gt; is a sturdy ground cover that forms a hard, flat mat with waxy, nearly succulent, teardrop-shaped leaves. It is reliably evergreen and takes on purplish tints in the hot sun. Cobalt blue flowers cover the leaves from April to June. Perennial. Xeriscape.
 &lt;/br&gt;
 &lt;/br&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; Plants perform best in well-drained soil. Additional irrigation during the heat of summer will help keep the foliage bright and green.&lt;br&gt;&lt;br&gt;&lt;a href="https://plantselect.org/planting-among-flagstones/"&gt;How to plant Turkish veronica among flagstones &gt;&lt;/a&gt;</t>
   </si>
@@ -4405,51 +4357,51 @@
   <si>
     <t xml:space="preserve">Aromatic mounds of dark, semi-evergreen foliage are covered with flushes of hot pink flowers much of the growing season. Brought to Plant Select by Tom Peace. Best cut back in spring. Woody perennial. Xeriscape. Read more &lt;a href="/plantstories/wild-thing-and-furmans-red-sage-double-delight/" target="_blank"&gt;here&lt;/a&gt;.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Plant in spring so roots can get fully established by fall. Deadhead consistently the first season to promote growth from the crown, creating a stronger plant. Good drainage essential - does not like soggy winter conditions. Provide additional mulch protection in winter. Wait to cut back in spring when new growth is visible.  </t>
   </si>
   <si>
     <t>http://plantselect.org/salvia-greggii</t>
   </si>
   <si>
     <t>WINDWALKER® garnet penstemon</t>
   </si>
   <si>
     <t>Penstemon 'PWIN02S' (Mexicali hybrid)</t>
   </si>
   <si>
     <t>Unique ruby-red or garnet-colored tubular flowers with striped throats bloom nearly all summer long above narrow, glossy green leaves, forming attractive mounds. This selection is a hybrid between Mexican and American wild penstemons developed by Kelly Grummons in Colorado. Read more &lt;a href="/plantstories/new-gardener-try-mexicali-penstemons/" target="_blank"&gt;here&lt;/a&gt;.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Deadhead in order to prolong bloom.  Seedlings are often not true to variety color, so pull (if desired). Thrives in disturbed soils - aerate surrounding soil with push aerator or spading fork from time to time.</t>
   </si>
   <si>
     <t>http://plantselect.org/penstemon-pwin02s-mexicali-hybrid</t>
   </si>
   <si>
-    <t>WINDWALKER®  big bluestem</t>
+    <t>WINDWALKER®  big bluestem grass</t>
   </si>
   <si>
     <t>Andropogon gerardii 'PWIN01S'</t>
   </si>
   <si>
     <t>60-72 inches</t>
   </si>
   <si>
     <t>September/October</t>
   </si>
   <si>
     <t>Burgundy plumes</t>
   </si>
   <si>
     <t xml:space="preserve">A regal, upright ornamental grass selected for its powdery blue foliage that turns plum/purple in September when burgundy plumes wave high in the air. Columnar form makes it ideal for both residential and commercial applications. Beautiful planted in combination with SONORAN SUNSET® Agastache, Russian sage or VERMILION BLUFFS® Mexican sage. Selected by Sunscapes Nursery.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros:  Big bluestem should be cut back to about 3" in mid-spring or as soon as new growth appears.  Divide every 3-4 years or when the center of the grass clumps starts to die out.  </t>
   </si>
   <si>
     <t>http://plantselect.org/andropogon-gerardii-pwin01s</t>
   </si>
   <si>
     <t>WINDWALKER®  Royal Red salvia</t>
   </si>
@@ -4505,53 +4457,50 @@
     <t>Winecups (aka, Purple Poppy Mallow)</t>
   </si>
   <si>
     <t>Callirhoe involucrata</t>
   </si>
   <si>
     <t>AZ,CO,IA,IL,IN,KS,LA,MI,MN,MO,ND,NE,NM,OK,OR,PA,TX,VA,WY</t>
   </si>
   <si>
     <t xml:space="preserve">Cut back/shear to base every spring </t>
   </si>
   <si>
     <t>&lt;strong&gt;Winecups (aka, purple poppy mallow)&lt;/strong&gt; is a native plant that thrives at the front of the border, in the wild garden and in xeriscapes where it can enjoy the full sun. It blooms with wine-purple flowers from late spring to hard frost. Tolerates a wide range of soils. Perennial. Xeriscape.
 &lt;/br&gt;
 &lt;/br&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; Less water and some pinching back will help this plant stay more compact and keep it from spreading as wide. It does self-seed, so remove any seedlings when they are young, before the roots get a good foothold.</t>
   </si>
   <si>
     <t>http://plantselect.org/callirhoe-involucrata</t>
   </si>
   <si>
     <t>WINTER FIRE® Sedum</t>
   </si>
   <si>
     <t>Petrosedum rupestre 'Rice Creek'</t>
-  </si>
-[...1 lines deleted...]
-    <t>groundcover</t>
   </si>
   <si>
     <t>2"</t>
   </si>
   <si>
     <t>July-August</t>
   </si>
   <si>
     <t>yellow</t>
   </si>
   <si>
     <t>Add interest to your winter landscape with &lt;strong&gt;WINTER FIRE® sedum&lt;/strong&gt;! This cold-hardy succulent has soft-pointed, fleshy leaves that change from rustic green in summer, to ember red in autumn, to dark burgundy in winter. Clusters of yellow flowers appear in July and August. This drought-tolerant sedum is perfect for containers or to plant along pathways and around shrubs, as it can help act as fire-retardant mulch. &lt;br&gt;&lt;br&gt;Native to the mountains of Italy, this plant was discovered by the owner of Gardens of Rice Creek.</t>
   </si>
   <si>
     <t>http://plantselect.org/petrosedum-rupestre-rice-creek</t>
   </si>
   <si>
     <t>Woodward columnar juniper</t>
   </si>
   <si>
     <t>Juniperus scopulorum 'Woodward'</t>
   </si>
   <si>
     <t>20 feet</t>
   </si>
@@ -4936,51 +4885,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:V182"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="V1" sqref="V1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50.559082" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="62.41333" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="44.703369" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.129639" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="38.847656" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="166.245117" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="278.360596" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="202.807617" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="1138.293457" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="89.549561" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -5170,12204 +5119,12204 @@
       </c>
       <c r="R3" s="0" t="s">
         <v>50</v>
       </c>
       <c r="S3" s="0" t="s">
         <v>51</v>
       </c>
       <c r="T3" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U3" s="0" t="s">
         <v>53</v>
       </c>
       <c r="V3" s="0" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="4" spans="1:22">
       <c r="A4" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C4" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="D4" s="0" t="s">
+      <c r="E4" s="0" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="F4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I4" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="J4" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="J4" s="0" t="s">
+      <c r="K4" s="0" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="L4" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N4" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O4" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q4" s="0">
         <v>2002</v>
       </c>
       <c r="R4" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="S4" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="S4" s="0" t="s">
+      <c r="T4" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="T4" s="0" t="s">
+      <c r="U4" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="U4" s="0" t="s">
+      <c r="V4" s="0" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="5" spans="1:22">
       <c r="A5" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="B5" s="0" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D5" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="E5" s="0" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>45</v>
       </c>
       <c r="G5" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="H5" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="H5" s="0" t="s">
+      <c r="I5" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="I5" s="0" t="s">
+      <c r="J5" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="J5" s="0" t="s">
+      <c r="K5" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="L5" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="M5" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="N5" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="O5" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="P5" s="0" t="s">
         <v>75</v>
-      </c>
-[...16 lines deleted...]
-        <v>76</v>
       </c>
       <c r="Q5" s="0">
         <v>2014</v>
       </c>
       <c r="R5" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="S5" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="S5" s="0" t="s">
+      <c r="T5" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="T5" s="0" t="s">
+      <c r="U5" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="U5" s="0" t="s">
+      <c r="V5" s="0" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="6" spans="1:22">
       <c r="A6" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="B6" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="B6" s="0" t="s">
+      <c r="C6" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="C6" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="0" t="s">
+      <c r="E6" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="F6" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="E6" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F6" s="0" t="s">
+      <c r="G6" s="0" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I6" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J6" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="K6" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L6" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M6" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N6" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O6" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P6" s="0" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="Q6" s="0">
         <v>2016</v>
       </c>
       <c r="R6" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="S6" s="0" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="T6" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U6" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="V6" s="0" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="7" spans="1:22">
       <c r="A7" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="B7" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="B7" s="0" t="s">
+      <c r="C7" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D7" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="C7" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D7" s="0" t="s">
+      <c r="E7" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="E7" s="0" t="s">
+      <c r="F7" s="0" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I7" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="J7" s="0" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="K7" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M7" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N7" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O7" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q7" s="0">
         <v>2011</v>
       </c>
       <c r="R7" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="S7" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="S7" s="0" t="s">
+      <c r="T7" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="U7" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="T7" s="0" t="s">
-[...2 lines deleted...]
-      <c r="U7" s="0" t="s">
+      <c r="V7" s="0" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="8" spans="1:22">
       <c r="A8" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="B8" s="0" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D8" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="E8" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="E8" s="0" t="s">
+      <c r="F8" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="F8" s="0" t="s">
+      <c r="G8" s="0" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I8" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J8" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="K8" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L8" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M8" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N8" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O8" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P8" s="0" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="Q8" s="0">
         <v>2011</v>
       </c>
       <c r="R8" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="S8" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="S8" s="0" t="s">
+      <c r="T8" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="U8" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="T8" s="0" t="s">
-[...2 lines deleted...]
-      <c r="U8" s="0" t="s">
+      <c r="V8" s="0" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="9" spans="1:22">
       <c r="A9" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="B9" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="B9" s="0" t="s">
+      <c r="C9" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="C9" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D9" s="0" t="s">
+      <c r="E9" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="F9" s="0" t="s">
         <v>115</v>
-      </c>
-[...4 lines deleted...]
-        <v>116</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K9" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L9" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M9" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N9" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O9" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q9" s="0">
         <v>2023</v>
       </c>
       <c r="R9" s="0" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="S9" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="T9" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U9" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="V9" s="0" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="10" spans="1:22">
       <c r="A10" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="B10" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="B10" s="0" t="s">
+      <c r="C10" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="C10" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D10" s="0" t="s">
+      <c r="E10" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="E10" s="0" t="s">
+      <c r="F10" s="0" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I10" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="J10" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="J10" s="0" t="s">
+      <c r="K10" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="K10" s="0" t="s">
+      <c r="L10" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="M10" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="N10" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="O10" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="P10" s="0" t="s">
         <v>127</v>
-      </c>
-[...13 lines deleted...]
-        <v>128</v>
       </c>
       <c r="Q10" s="0">
         <v>2021</v>
       </c>
       <c r="R10" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="S10" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="S10" s="0" t="s">
+      <c r="T10" s="0" t="s">
         <v>130</v>
       </c>
-      <c r="T10" s="0" t="s">
+      <c r="U10" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="U10" s="0" t="s">
+      <c r="V10" s="0" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="11" spans="1:22">
       <c r="A11" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="B11" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="B11" s="0" t="s">
+      <c r="C11" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>136</v>
       </c>
-      <c r="D11" s="0" t="s">
+      <c r="E11" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="F11" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="E11" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F11" s="0" t="s">
+      <c r="G11" s="0" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="J11" s="0" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="K11" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L11" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N11" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O11" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P11" s="0" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="Q11" s="0">
         <v>2011</v>
       </c>
       <c r="R11" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="S11" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="S11" s="0" t="s">
+      <c r="T11" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="U11" s="0" t="s">
         <v>142</v>
       </c>
-      <c r="T11" s="0" t="s">
-[...2 lines deleted...]
-      <c r="U11" s="0" t="s">
+      <c r="V11" s="0" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="12" spans="1:22">
       <c r="A12" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="B12" s="0" t="s">
         <v>145</v>
       </c>
-      <c r="B12" s="0" t="s">
+      <c r="C12" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="D12" s="0" t="s">
+      <c r="E12" s="0" t="s">
         <v>148</v>
       </c>
-      <c r="E12" s="0" t="s">
+      <c r="F12" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="F12" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G12" s="0" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I12" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J12" s="0" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="K12" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L12" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N12" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O12" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P12" s="0" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="Q12" s="0">
         <v>2016</v>
       </c>
       <c r="R12" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="S12" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="S12" s="0" t="s">
+      <c r="T12" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="U12" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="T12" s="0" t="s">
-[...2 lines deleted...]
-      <c r="U12" s="0" t="s">
+      <c r="V12" s="0" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="13" spans="1:22">
       <c r="A13" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="B13" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="B13" s="0" t="s">
+      <c r="C13" s="0" t="s">
         <v>158</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J13" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K13" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L13" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M13" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N13" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O13" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q13" s="0">
         <v>1999</v>
       </c>
       <c r="R13" s="0" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="S13" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T13" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U13" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="V13" s="0" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="14" spans="1:22">
       <c r="A14" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="B14" s="0" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="E14" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="F14" s="0" t="s">
         <v>167</v>
       </c>
-      <c r="E14" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G14" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J14" s="0" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="K14" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L14" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M14" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N14" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O14" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q14" s="0">
         <v>2004</v>
       </c>
       <c r="R14" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="S14" s="0" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="T14" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U14" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="V14" s="0" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="15" spans="1:22">
       <c r="A15" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="B15" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="B15" s="0" t="s">
+      <c r="C15" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D15" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="E15" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="F15" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="C15" s="0" t="s">
-[...8 lines deleted...]
-      <c r="F15" s="0" t="s">
+      <c r="G15" s="0" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="K15" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L15" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N15" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O15" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P15" s="0" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="Q15" s="0">
         <v>2006</v>
       </c>
       <c r="R15" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="S15" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="S15" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T15" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="U15" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="V15" s="0" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:22">
       <c r="A16" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="B16" s="0" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D16" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="E16" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="F16" s="0" t="s">
         <v>183</v>
-      </c>
-[...4 lines deleted...]
-        <v>184</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K16" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L16" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N16" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O16" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P16" s="0" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="Q16" s="0">
         <v>2002</v>
       </c>
       <c r="R16" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="S16" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="S16" s="0" t="s">
+      <c r="T16" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="U16" s="0" t="s">
         <v>187</v>
       </c>
-      <c r="T16" s="0" t="s">
-[...2 lines deleted...]
-      <c r="U16" s="0" t="s">
+      <c r="V16" s="0" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="17" spans="1:22">
       <c r="A17" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>190</v>
       </c>
-      <c r="B17" s="0" t="s">
+      <c r="C17" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D17" s="0" t="s">
         <v>191</v>
       </c>
-      <c r="C17" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D17" s="0" t="s">
+      <c r="E17" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="E17" s="0" t="s">
+      <c r="F17" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="F17" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G17" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="0" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="J17" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="K17" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L17" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N17" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O17" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q17" s="0">
         <v>2012</v>
       </c>
       <c r="R17" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="S17" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="S17" s="0" t="s">
+      <c r="T17" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="U17" s="0" t="s">
         <v>196</v>
       </c>
-      <c r="T17" s="0" t="s">
-[...2 lines deleted...]
-      <c r="U17" s="0" t="s">
+      <c r="V17" s="0" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="18" spans="1:22">
       <c r="A18" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="B18" s="0" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D18" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="E18" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="F18" s="0" t="s">
         <v>201</v>
-      </c>
-[...4 lines deleted...]
-        <v>202</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J18" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="K18" s="0" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="L18" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M18" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N18" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O18" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P18" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q18" s="0">
         <v>1997</v>
       </c>
       <c r="R18" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="S18" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="T18" s="0" t="s">
         <v>205</v>
       </c>
-      <c r="S18" s="0" t="s">
-[...2 lines deleted...]
-      <c r="T18" s="0" t="s">
+      <c r="U18" s="0" t="s">
         <v>206</v>
       </c>
-      <c r="U18" s="0" t="s">
+      <c r="V18" s="0" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="19" spans="1:22">
       <c r="A19" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="B19" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="B19" s="0" t="s">
+      <c r="C19" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D19" s="0" t="s">
         <v>210</v>
       </c>
-      <c r="C19" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D19" s="0" t="s">
+      <c r="E19" s="0" t="s">
         <v>211</v>
       </c>
-      <c r="E19" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="0" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J19" s="0" t="s">
         <v>48</v>
       </c>
       <c r="K19" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L19" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N19" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O19" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P19" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q19" s="0">
         <v>2014</v>
       </c>
       <c r="R19" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S19" s="0" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="T19" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U19" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="V19" s="0" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="20" spans="1:22">
       <c r="A20" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="B20" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="B20" s="0" t="s">
+      <c r="C20" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D20" s="0" t="s">
         <v>217</v>
       </c>
-      <c r="C20" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D20" s="0" t="s">
+      <c r="E20" s="0" t="s">
         <v>218</v>
       </c>
-      <c r="E20" s="0" t="s">
+      <c r="F20" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="F20" s="0" t="s">
+      <c r="G20" s="0" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="0" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="J20" s="0" t="s">
         <v>48</v>
       </c>
       <c r="K20" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L20" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N20" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O20" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P20" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q20" s="0">
         <v>2004</v>
       </c>
       <c r="R20" s="0" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="S20" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T20" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U20" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="V20" s="0" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="21" spans="1:22">
       <c r="A21" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="B21" s="0" t="s">
         <v>226</v>
       </c>
-      <c r="B21" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="0" t="s">
-        <v>228</v>
+        <v>24</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J21" s="0" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="K21" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L21" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M21" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N21" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O21" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P21" s="0" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="Q21" s="0">
         <v>2004</v>
       </c>
       <c r="R21" s="0" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="S21" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T21" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U21" s="0" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="V21" s="0" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
     </row>
     <row r="22" spans="1:22">
       <c r="A22" s="0" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D22" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="E22" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="F22" s="0" t="s">
         <v>235</v>
-      </c>
-[...4 lines deleted...]
-        <v>237</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="0" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="J22" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="K22" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L22" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N22" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O22" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P22" s="0" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="Q22" s="0">
         <v>2001</v>
       </c>
       <c r="R22" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="S22" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="T22" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="U22" s="0" t="s">
         <v>241</v>
       </c>
-      <c r="S22" s="0" t="s">
+      <c r="V22" s="0" t="s">
         <v>242</v>
-      </c>
-[...7 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="23" spans="1:22">
       <c r="A23" s="0" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J23" s="0" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="K23" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L23" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N23" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O23" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P23" s="0" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="Q23" s="0">
         <v>2013</v>
       </c>
       <c r="R23" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="S23" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="T23" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="U23" s="0" t="s">
         <v>251</v>
       </c>
-      <c r="S23" s="0" t="s">
+      <c r="V23" s="0" t="s">
         <v>252</v>
-      </c>
-[...7 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="24" spans="1:22">
       <c r="A24" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D24" s="0" t="s">
         <v>255</v>
       </c>
-      <c r="B24" s="0" t="s">
+      <c r="E24" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="F24" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="C24" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G24" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I24" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J24" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="K24" s="0" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="L24" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N24" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O24" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P24" s="0" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="Q24" s="0">
         <v>2004</v>
       </c>
       <c r="R24" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S24" s="0" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="T24" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U24" s="0" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="V24" s="0" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
     </row>
     <row r="25" spans="1:22">
       <c r="A25" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="B25" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="D25" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="B25" s="0" t="s">
+      <c r="E25" s="0" t="s">
         <v>264</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="F25" s="0" t="s">
         <v>265</v>
-      </c>
-[...7 lines deleted...]
-        <v>268</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I25" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J25" s="0" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="K25" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L25" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M25" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N25" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O25" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P25" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q25" s="0">
         <v>2007</v>
       </c>
       <c r="R25" s="0" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="S25" s="0" t="s">
         <v>51</v>
       </c>
       <c r="T25" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U25" s="0" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="V25" s="0" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
     </row>
     <row r="26" spans="1:22">
       <c r="A26" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D26" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="E26" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="F26" s="0" t="s">
         <v>272</v>
       </c>
-      <c r="B26" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G26" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I26" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="J26" s="0" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="K26" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L26" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M26" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N26" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O26" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P26" s="0" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="Q26" s="0">
         <v>2011</v>
       </c>
       <c r="R26" s="0" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="S26" s="0" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="T26" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U26" s="0" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="V26" s="0" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
     </row>
     <row r="27" spans="1:22">
       <c r="A27" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D27" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="E27" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="F27" s="0" t="s">
         <v>281</v>
       </c>
-      <c r="B27" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G27" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J27" s="0" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="K27" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L27" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M27" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N27" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O27" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P27" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q27" s="0">
         <v>1998</v>
       </c>
       <c r="R27" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S27" s="0" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="T27" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U27" s="0" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="V27" s="0" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
     </row>
     <row r="28" spans="1:22">
       <c r="A28" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D28" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="E28" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="F28" s="0" t="s">
         <v>287</v>
       </c>
-      <c r="B28" s="0" t="s">
+      <c r="G28" s="0" t="s">
         <v>288</v>
-      </c>
-[...13 lines deleted...]
-        <v>291</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I28" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J28" s="0" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="K28" s="0" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="L28" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N28" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O28" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P28" s="0" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="Q28" s="0">
         <v>2015</v>
       </c>
       <c r="R28" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="S28" s="0" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="T28" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U28" s="0" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="V28" s="0" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
     </row>
     <row r="29" spans="1:22">
       <c r="A29" s="0" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J29" s="0" t="s">
         <v>48</v>
       </c>
       <c r="K29" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L29" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M29" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N29" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O29" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P29" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q29" s="0">
         <v>2000</v>
       </c>
       <c r="R29" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S29" s="0" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="T29" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U29" s="0" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="V29" s="0" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
     </row>
     <row r="30" spans="1:22">
       <c r="A30" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D30" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="E30" s="0" t="s">
         <v>303</v>
       </c>
-      <c r="B30" s="0" t="s">
+      <c r="F30" s="0" t="s">
         <v>304</v>
       </c>
-      <c r="C30" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D30" s="0" t="s">
+      <c r="G30" s="0" t="s">
         <v>305</v>
-      </c>
-[...7 lines deleted...]
-        <v>308</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J30" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K30" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L30" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M30" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N30" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O30" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P30" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q30" s="0">
         <v>2001</v>
       </c>
       <c r="R30" s="0" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="S30" s="0" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="T30" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U30" s="0" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="V30" s="0" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
     </row>
     <row r="31" spans="1:22">
       <c r="A31" s="0" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J31" s="0" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="K31" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L31" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N31" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O31" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P31" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q31" s="0">
         <v>2009</v>
       </c>
       <c r="R31" s="0" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="S31" s="0" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="T31" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U31" s="0" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="V31" s="0" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
     </row>
     <row r="32" spans="1:22">
       <c r="A32" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D32" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="E32" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="F32" s="0" t="s">
         <v>319</v>
       </c>
-      <c r="B32" s="0" t="s">
+      <c r="G32" s="0" t="s">
         <v>320</v>
-      </c>
-[...13 lines deleted...]
-        <v>323</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I32" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="J32" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="J32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K32" s="0" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="L32" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M32" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N32" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O32" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P32" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q32" s="0">
         <v>2003</v>
       </c>
       <c r="R32" s="0" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="S32" s="0" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="T32" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U32" s="0" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="V32" s="0" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
     </row>
     <row r="33" spans="1:22">
       <c r="A33" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="E33" s="0" t="s">
         <v>328</v>
-      </c>
-[...10 lines deleted...]
-        <v>332</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>35</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I33" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J33" s="0" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="K33" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L33" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N33" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O33" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P33" s="0" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="Q33" s="0">
         <v>2024</v>
       </c>
       <c r="R33" s="0" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="S33" s="0" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="T33" s="0" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="U33" s="0" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="V33" s="0" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
     </row>
     <row r="34" spans="1:22">
       <c r="A34" s="0" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J34" s="0" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="K34" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L34" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N34" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O34" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P34" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q34" s="0">
         <v>2003</v>
       </c>
       <c r="R34" s="0" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="S34" s="0" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="T34" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U34" s="0" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="V34" s="0" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
     </row>
     <row r="35" spans="1:22">
       <c r="A35" s="0" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I35" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J35" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K35" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L35" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N35" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O35" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P35" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q35" s="0">
         <v>2013</v>
       </c>
       <c r="R35" s="0" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="S35" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T35" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U35" s="0" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="V35" s="0" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
     </row>
     <row r="36" spans="1:22">
       <c r="A36" s="0" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J36" s="0" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="K36" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L36" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N36" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O36" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P36" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q36" s="0">
         <v>2012</v>
       </c>
       <c r="R36" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="S36" s="0" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="T36" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U36" s="0" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="V36" s="0" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
     </row>
     <row r="37" spans="1:22">
       <c r="A37" s="0" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>364</v>
+        <v>24</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I37" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J37" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="K37" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L37" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N37" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O37" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P37" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q37" s="0">
         <v>2014</v>
       </c>
       <c r="R37" s="0" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="S37" s="0" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="T37" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U37" s="0" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="V37" s="0" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
     </row>
     <row r="38" spans="1:22">
       <c r="A38" s="0" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>228</v>
+        <v>24</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I38" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J38" s="0" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="K38" s="0" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="L38" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N38" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O38" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P38" s="0" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="Q38" s="0">
         <v>2009</v>
       </c>
       <c r="R38" s="0" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="S38" s="0" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="T38" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U38" s="0" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="V38" s="0" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
     </row>
     <row r="39" spans="1:22">
       <c r="A39" s="0" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="I39" s="0" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="J39" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K39" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L39" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M39" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N39" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O39" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P39" s="0" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="Q39" s="0">
         <v>2001</v>
       </c>
       <c r="R39" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S39" s="0" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="T39" s="0" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="U39" s="0" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="V39" s="0" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
     </row>
     <row r="40" spans="1:22">
       <c r="A40" s="0" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="C40" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D40" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="E40" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="D40" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F40" s="0" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="0" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="J40" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K40" s="0" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="L40" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N40" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O40" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P40" s="0" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="Q40" s="0">
         <v>2015</v>
       </c>
       <c r="R40" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S40" s="0" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="T40" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U40" s="0" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="V40" s="0" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
     </row>
     <row r="41" spans="1:22">
       <c r="A41" s="0" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>364</v>
+        <v>24</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J41" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K41" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L41" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N41" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O41" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P41" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q41" s="0">
         <v>2015</v>
       </c>
       <c r="R41" s="0" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="S41" s="0" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="T41" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U41" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="V41" s="0" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
     </row>
     <row r="42" spans="1:22">
       <c r="A42" s="0" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>24</v>
+        <v>135</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I42" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J42" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="K42" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L42" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M42" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N42" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O42" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P42" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q42" s="0">
         <v>2016</v>
       </c>
       <c r="R42" s="0" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="S42" s="0" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="T42" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="U42" s="0" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="V42" s="0" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
     </row>
     <row r="43" spans="1:22">
       <c r="A43" s="0" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="0" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="J43" s="0" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="K43" s="0" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="L43" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M43" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N43" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O43" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P43" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q43" s="0">
         <v>2021</v>
       </c>
       <c r="R43" s="0" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="S43" s="0" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="T43" s="0" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="U43" s="0" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="V43" s="0" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
     </row>
     <row r="44" spans="1:22">
       <c r="A44" s="0" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>364</v>
+        <v>24</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>45</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J44" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="K44" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="K44" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L44" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M44" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N44" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O44" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P44" s="0" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="Q44" s="0">
         <v>2014</v>
       </c>
       <c r="R44" s="0" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="S44" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T44" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="U44" s="0" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="V44" s="0" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
     </row>
     <row r="45" spans="1:22">
       <c r="A45" s="0" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I45" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J45" s="0" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="K45" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L45" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M45" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N45" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O45" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P45" s="0" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
       <c r="Q45" s="0">
         <v>2020</v>
       </c>
       <c r="R45" s="0" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="S45" s="0" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="T45" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U45" s="0" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="V45" s="0" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
     </row>
     <row r="46" spans="1:22">
       <c r="A46" s="0" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>440</v>
+        <v>146</v>
       </c>
       <c r="D46" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="E46" s="0" t="s">
         <v>148</v>
       </c>
-      <c r="E46" s="0" t="s">
+      <c r="F46" s="0" t="s">
+        <v>435</v>
+      </c>
+      <c r="G46" s="0" t="s">
         <v>149</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I46" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J46" s="0" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="K46" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L46" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M46" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N46" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O46" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P46" s="0" t="s">
-        <v>442</v>
+        <v>436</v>
       </c>
       <c r="Q46" s="0">
         <v>2014</v>
       </c>
       <c r="R46" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="S46" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="S46" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T46" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="U46" s="0" t="s">
-        <v>443</v>
+        <v>437</v>
       </c>
       <c r="V46" s="0" t="s">
-        <v>444</v>
+        <v>438</v>
       </c>
     </row>
     <row r="47" spans="1:22">
       <c r="A47" s="0" t="s">
-        <v>445</v>
+        <v>439</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>446</v>
+        <v>440</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I47" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J47" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="K47" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L47" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M47" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N47" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O47" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P47" s="0" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="Q47" s="0">
         <v>2015</v>
       </c>
       <c r="R47" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="S47" s="0" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="T47" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="U47" s="0" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="V47" s="0" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
     </row>
     <row r="48" spans="1:22">
       <c r="A48" s="0" t="s">
-        <v>453</v>
+        <v>447</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>454</v>
+        <v>448</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I48" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J48" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="K48" s="0" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="L48" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M48" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N48" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O48" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P48" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q48" s="0">
         <v>2024</v>
       </c>
       <c r="R48" s="0" t="s">
-        <v>457</v>
+        <v>451</v>
       </c>
       <c r="S48" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T48" s="0" t="s">
-        <v>458</v>
+        <v>452</v>
       </c>
       <c r="U48" s="0" t="s">
-        <v>459</v>
+        <v>453</v>
       </c>
       <c r="V48" s="0" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
     </row>
     <row r="49" spans="1:22">
       <c r="A49" s="0" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>462</v>
+        <v>456</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>463</v>
+        <v>457</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I49" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J49" s="0" t="s">
         <v>48</v>
       </c>
       <c r="K49" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L49" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M49" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N49" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O49" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P49" s="0" t="s">
-        <v>464</v>
+        <v>458</v>
       </c>
       <c r="Q49" s="0">
         <v>2006</v>
       </c>
       <c r="R49" s="0" t="s">
-        <v>465</v>
+        <v>459</v>
       </c>
       <c r="S49" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T49" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="U49" s="0" t="s">
-        <v>466</v>
+        <v>460</v>
       </c>
       <c r="V49" s="0" t="s">
-        <v>467</v>
+        <v>461</v>
       </c>
     </row>
     <row r="50" spans="1:22">
       <c r="A50" s="0" t="s">
-        <v>468</v>
+        <v>462</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I50" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J50" s="0" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="K50" s="0" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="L50" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M50" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N50" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O50" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P50" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q50" s="0">
         <v>2012</v>
       </c>
       <c r="R50" s="0" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
       <c r="S50" s="0" t="s">
-        <v>473</v>
+        <v>467</v>
       </c>
       <c r="T50" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U50" s="0" t="s">
-        <v>474</v>
+        <v>468</v>
       </c>
       <c r="V50" s="0" t="s">
-        <v>475</v>
+        <v>469</v>
       </c>
     </row>
     <row r="51" spans="1:22">
       <c r="A51" s="0" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I51" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J51" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K51" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L51" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M51" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N51" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O51" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P51" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q51" s="0">
         <v>2012</v>
       </c>
       <c r="R51" s="0" t="s">
         <v>36</v>
       </c>
       <c r="S51" s="0" t="s">
         <v>37</v>
       </c>
       <c r="T51" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U51" s="0" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="V51" s="0" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
     </row>
     <row r="52" spans="1:22">
       <c r="A52" s="0" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>484</v>
+        <v>478</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I52" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J52" s="0" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="K52" s="0" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="L52" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M52" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N52" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O52" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P52" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q52" s="0">
         <v>2001</v>
       </c>
       <c r="R52" s="0" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="S52" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T52" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="U52" s="0" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="V52" s="0" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
     </row>
     <row r="53" spans="1:22">
       <c r="A53" s="0" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>492</v>
+        <v>43</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>493</v>
+        <v>486</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>494</v>
+        <v>487</v>
       </c>
       <c r="I53" s="0" t="s">
-        <v>495</v>
+        <v>488</v>
       </c>
       <c r="J53" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K53" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L53" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M53" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N53" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O53" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P53" s="0" t="s">
-        <v>496</v>
+        <v>489</v>
       </c>
       <c r="Q53" s="0">
         <v>2026</v>
       </c>
       <c r="R53" s="0" t="s">
-        <v>497</v>
+        <v>490</v>
       </c>
       <c r="S53" s="0" t="s">
-        <v>498</v>
+        <v>491</v>
       </c>
       <c r="T53" s="0" t="s">
-        <v>499</v>
+        <v>492</v>
       </c>
       <c r="U53" s="0" t="s">
-        <v>500</v>
+        <v>493</v>
       </c>
       <c r="V53" s="0" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
     </row>
     <row r="54" spans="1:22">
       <c r="A54" s="0" t="s">
-        <v>502</v>
+        <v>495</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>503</v>
+        <v>496</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>504</v>
+        <v>135</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>505</v>
+        <v>497</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>506</v>
+        <v>498</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="0" t="s">
-        <v>508</v>
+        <v>500</v>
       </c>
       <c r="J54" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K54" s="0" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="L54" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M54" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N54" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O54" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P54" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q54" s="0">
         <v>2022</v>
       </c>
       <c r="R54" s="0" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="S54" s="0" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="T54" s="0" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="U54" s="0" t="s">
-        <v>509</v>
+        <v>501</v>
       </c>
       <c r="V54" s="0" t="s">
-        <v>510</v>
+        <v>502</v>
       </c>
     </row>
     <row r="55" spans="1:22">
       <c r="A55" s="0" t="s">
-        <v>511</v>
+        <v>503</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>512</v>
+        <v>504</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>513</v>
+        <v>505</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I55" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J55" s="0" t="s">
-        <v>514</v>
+        <v>506</v>
       </c>
       <c r="K55" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L55" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M55" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N55" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O55" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P55" s="0" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="Q55" s="0">
         <v>2005</v>
       </c>
       <c r="R55" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="S55" s="0" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="T55" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U55" s="0" t="s">
-        <v>515</v>
+        <v>507</v>
       </c>
       <c r="V55" s="0" t="s">
-        <v>516</v>
+        <v>508</v>
       </c>
     </row>
     <row r="56" spans="1:22">
       <c r="A56" s="0" t="s">
-        <v>517</v>
+        <v>509</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>518</v>
+        <v>510</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>519</v>
+        <v>511</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>521</v>
+        <v>513</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>522</v>
+        <v>514</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J56" s="0" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="K56" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L56" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M56" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N56" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O56" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P56" s="0" t="s">
-        <v>523</v>
+        <v>515</v>
       </c>
       <c r="Q56" s="0">
         <v>2006</v>
       </c>
       <c r="R56" s="0" t="s">
-        <v>524</v>
+        <v>516</v>
       </c>
       <c r="S56" s="0" t="s">
-        <v>525</v>
+        <v>517</v>
       </c>
       <c r="T56" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="U56" s="0" t="s">
-        <v>526</v>
+        <v>518</v>
       </c>
       <c r="V56" s="0" t="s">
-        <v>527</v>
+        <v>519</v>
       </c>
     </row>
     <row r="57" spans="1:22">
       <c r="A57" s="0" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>529</v>
+        <v>521</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>530</v>
+        <v>522</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>531</v>
+        <v>523</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I57" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="J57" s="0" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="K57" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L57" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M57" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N57" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O57" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P57" s="0" t="s">
-        <v>532</v>
+        <v>524</v>
       </c>
       <c r="Q57" s="0">
         <v>2014</v>
       </c>
       <c r="R57" s="0" t="s">
-        <v>533</v>
+        <v>525</v>
       </c>
       <c r="S57" s="0" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="T57" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U57" s="0" t="s">
-        <v>534</v>
+        <v>526</v>
       </c>
       <c r="V57" s="0" t="s">
-        <v>535</v>
+        <v>527</v>
       </c>
     </row>
     <row r="58" spans="1:22">
       <c r="A58" s="0" t="s">
-        <v>536</v>
+        <v>528</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>537</v>
+        <v>529</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>538</v>
+        <v>24</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J58" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K58" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L58" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M58" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N58" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O58" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P58" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q58" s="0">
         <v>2020</v>
       </c>
       <c r="R58" s="0" t="s">
-        <v>539</v>
+        <v>530</v>
       </c>
       <c r="S58" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="T58" s="0" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="U58" s="0" t="s">
-        <v>540</v>
+        <v>531</v>
       </c>
       <c r="V58" s="0" t="s">
-        <v>541</v>
+        <v>532</v>
       </c>
     </row>
     <row r="59" spans="1:22">
       <c r="A59" s="0" t="s">
-        <v>542</v>
+        <v>533</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>543</v>
+        <v>534</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>530</v>
+        <v>522</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>544</v>
+        <v>535</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I59" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="J59" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="J59" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K59" s="0" t="s">
-        <v>545</v>
+        <v>536</v>
       </c>
       <c r="L59" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M59" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N59" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O59" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P59" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q59" s="0">
         <v>2011</v>
       </c>
       <c r="R59" s="0" t="s">
-        <v>546</v>
+        <v>537</v>
       </c>
       <c r="S59" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T59" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U59" s="0" t="s">
-        <v>547</v>
+        <v>538</v>
       </c>
       <c r="V59" s="0" t="s">
-        <v>548</v>
+        <v>539</v>
       </c>
     </row>
     <row r="60" spans="1:22">
       <c r="A60" s="0" t="s">
-        <v>549</v>
+        <v>540</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>550</v>
+        <v>541</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>364</v>
+        <v>24</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>551</v>
+        <v>542</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I60" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J60" s="0" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="K60" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L60" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M60" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N60" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O60" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P60" s="0" t="s">
-        <v>552</v>
+        <v>543</v>
       </c>
       <c r="Q60" s="0">
         <v>2015</v>
       </c>
       <c r="R60" s="0" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="S60" s="0" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="T60" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="U60" s="0" t="s">
-        <v>553</v>
+        <v>544</v>
       </c>
       <c r="V60" s="0" t="s">
-        <v>554</v>
+        <v>545</v>
       </c>
     </row>
     <row r="61" spans="1:22">
       <c r="A61" s="0" t="s">
-        <v>555</v>
+        <v>546</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>556</v>
+        <v>547</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J61" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="K61" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L61" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M61" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N61" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O61" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P61" s="0" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="Q61" s="0">
         <v>2011</v>
       </c>
       <c r="R61" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S61" s="0" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="T61" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="U61" s="0" t="s">
-        <v>557</v>
+        <v>548</v>
       </c>
       <c r="V61" s="0" t="s">
-        <v>558</v>
+        <v>549</v>
       </c>
     </row>
     <row r="62" spans="1:22">
       <c r="A62" s="0" t="s">
-        <v>559</v>
+        <v>550</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>560</v>
+        <v>551</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>561</v>
+        <v>552</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I62" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J62" s="0" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="K62" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L62" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M62" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N62" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O62" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P62" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q62" s="0">
         <v>2019</v>
       </c>
       <c r="R62" s="0" t="s">
         <v>36</v>
       </c>
       <c r="S62" s="0" t="s">
         <v>37</v>
       </c>
       <c r="T62" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U62" s="0" t="s">
-        <v>562</v>
+        <v>553</v>
       </c>
       <c r="V62" s="0" t="s">
-        <v>563</v>
+        <v>554</v>
       </c>
     </row>
     <row r="63" spans="1:22">
       <c r="A63" s="0" t="s">
-        <v>564</v>
+        <v>555</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>565</v>
+        <v>556</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>566</v>
+        <v>24</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>567</v>
+        <v>557</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>494</v>
+        <v>487</v>
       </c>
       <c r="I63" s="0" t="s">
-        <v>495</v>
+        <v>488</v>
       </c>
       <c r="J63" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K63" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L63" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M63" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N63" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O63" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P63" s="0" t="s">
-        <v>568</v>
+        <v>558</v>
       </c>
       <c r="Q63" s="0">
         <v>2026</v>
       </c>
       <c r="R63" s="0" t="s">
-        <v>569</v>
+        <v>559</v>
       </c>
       <c r="S63" s="0" t="s">
-        <v>570</v>
+        <v>560</v>
       </c>
       <c r="T63" s="0" t="s">
-        <v>571</v>
+        <v>561</v>
       </c>
       <c r="U63" s="0" t="s">
-        <v>572</v>
+        <v>562</v>
       </c>
       <c r="V63" s="0" t="s">
-        <v>573</v>
+        <v>563</v>
       </c>
     </row>
     <row r="64" spans="1:22">
       <c r="A64" s="0" t="s">
-        <v>574</v>
+        <v>564</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>575</v>
+        <v>565</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>576</v>
+        <v>566</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>577</v>
+        <v>567</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J64" s="0" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="K64" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L64" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M64" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N64" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O64" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P64" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q64" s="0">
         <v>2018</v>
       </c>
       <c r="R64" s="0" t="s">
         <v>36</v>
       </c>
       <c r="S64" s="0" t="s">
         <v>37</v>
       </c>
       <c r="T64" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="U64" s="0" t="s">
-        <v>578</v>
+        <v>568</v>
       </c>
       <c r="V64" s="0" t="s">
-        <v>579</v>
+        <v>569</v>
       </c>
     </row>
     <row r="65" spans="1:22">
       <c r="A65" s="0" t="s">
-        <v>580</v>
+        <v>570</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>581</v>
+        <v>571</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>582</v>
+        <v>43</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>583</v>
+        <v>572</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>584</v>
+        <v>573</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>585</v>
+        <v>574</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>585</v>
+        <v>574</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>47</v>
       </c>
       <c r="I65" s="0" t="s">
-        <v>586</v>
+        <v>575</v>
       </c>
       <c r="J65" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="K65" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L65" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M65" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N65" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O65" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P65" s="0" t="s">
-        <v>587</v>
+        <v>576</v>
       </c>
       <c r="Q65" s="0">
         <v>2022</v>
       </c>
       <c r="R65" s="0" t="s">
-        <v>588</v>
+        <v>577</v>
       </c>
       <c r="S65" s="0" t="s">
-        <v>589</v>
+        <v>578</v>
       </c>
       <c r="T65" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U65" s="0" t="s">
-        <v>590</v>
+        <v>579</v>
       </c>
       <c r="V65" s="0" t="s">
-        <v>591</v>
+        <v>580</v>
       </c>
     </row>
     <row r="66" spans="1:22">
       <c r="A66" s="0" t="s">
-        <v>592</v>
+        <v>581</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>593</v>
+        <v>582</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>530</v>
+        <v>522</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>493</v>
+        <v>486</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>594</v>
+        <v>583</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I66" s="0" t="s">
-        <v>586</v>
+        <v>575</v>
       </c>
       <c r="J66" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="K66" s="0" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="L66" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M66" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N66" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O66" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P66" s="0" t="s">
-        <v>595</v>
+        <v>584</v>
       </c>
       <c r="Q66" s="0">
         <v>2022</v>
       </c>
       <c r="R66" s="0" t="s">
-        <v>596</v>
+        <v>585</v>
       </c>
       <c r="S66" s="0" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="T66" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U66" s="0" t="s">
-        <v>597</v>
+        <v>586</v>
       </c>
       <c r="V66" s="0" t="s">
-        <v>598</v>
+        <v>587</v>
       </c>
     </row>
     <row r="67" spans="1:22">
       <c r="A67" s="0" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>600</v>
+        <v>589</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J67" s="0" t="s">
         <v>48</v>
       </c>
       <c r="K67" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L67" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M67" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N67" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O67" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P67" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q67" s="0">
         <v>2004</v>
       </c>
       <c r="R67" s="0" t="s">
-        <v>601</v>
+        <v>590</v>
       </c>
       <c r="S67" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T67" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U67" s="0" t="s">
-        <v>602</v>
+        <v>591</v>
       </c>
       <c r="V67" s="0" t="s">
-        <v>603</v>
+        <v>592</v>
       </c>
     </row>
     <row r="68" spans="1:22">
       <c r="A68" s="0" t="s">
-        <v>604</v>
+        <v>593</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>605</v>
+        <v>594</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>265</v>
+        <v>158</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>606</v>
+        <v>595</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>606</v>
+        <v>595</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>607</v>
+        <v>596</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I68" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J68" s="0" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="K68" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L68" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M68" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N68" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O68" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P68" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q68" s="0">
         <v>2007</v>
       </c>
       <c r="R68" s="0" t="s">
-        <v>608</v>
+        <v>597</v>
       </c>
       <c r="S68" s="0" t="s">
-        <v>609</v>
+        <v>598</v>
       </c>
       <c r="T68" s="0" t="s">
-        <v>610</v>
+        <v>599</v>
       </c>
       <c r="U68" s="0" t="s">
-        <v>611</v>
+        <v>600</v>
       </c>
       <c r="V68" s="0" t="s">
-        <v>612</v>
+        <v>601</v>
       </c>
     </row>
     <row r="69" spans="1:22">
       <c r="A69" s="0" t="s">
-        <v>613</v>
+        <v>602</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>614</v>
+        <v>603</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>615</v>
+        <v>604</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>616</v>
+        <v>605</v>
       </c>
       <c r="I69" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J69" s="0" t="s">
-        <v>617</v>
+        <v>606</v>
       </c>
       <c r="K69" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L69" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M69" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N69" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O69" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P69" s="0" t="s">
-        <v>618</v>
+        <v>607</v>
       </c>
       <c r="Q69" s="0">
         <v>2014</v>
       </c>
       <c r="R69" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S69" s="0" t="s">
-        <v>619</v>
+        <v>608</v>
       </c>
       <c r="T69" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U69" s="0" t="s">
-        <v>620</v>
+        <v>609</v>
       </c>
       <c r="V69" s="0" t="s">
-        <v>621</v>
+        <v>610</v>
       </c>
     </row>
     <row r="70" spans="1:22">
       <c r="A70" s="0" t="s">
-        <v>622</v>
+        <v>611</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>623</v>
+        <v>612</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>538</v>
+        <v>24</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>624</v>
+        <v>613</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>625</v>
+        <v>614</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>626</v>
+        <v>615</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I70" s="0" t="s">
-        <v>627</v>
+        <v>616</v>
       </c>
       <c r="J70" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K70" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L70" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M70" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N70" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O70" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P70" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q70" s="0">
         <v>2020</v>
       </c>
       <c r="R70" s="0" t="s">
-        <v>539</v>
+        <v>530</v>
       </c>
       <c r="S70" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="T70" s="0" t="s">
-        <v>628</v>
+        <v>617</v>
       </c>
       <c r="U70" s="0" t="s">
-        <v>629</v>
+        <v>618</v>
       </c>
       <c r="V70" s="0" t="s">
-        <v>630</v>
+        <v>619</v>
       </c>
     </row>
     <row r="71" spans="1:22">
       <c r="A71" s="0" t="s">
-        <v>631</v>
+        <v>620</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>632</v>
+        <v>621</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J71" s="0" t="s">
-        <v>633</v>
+        <v>622</v>
       </c>
       <c r="K71" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L71" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M71" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N71" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O71" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P71" s="0" t="s">
-        <v>634</v>
+        <v>623</v>
       </c>
       <c r="Q71" s="0">
         <v>2007</v>
       </c>
       <c r="R71" s="0" t="s">
-        <v>635</v>
+        <v>624</v>
       </c>
       <c r="S71" s="0" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="T71" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U71" s="0" t="s">
-        <v>636</v>
+        <v>625</v>
       </c>
       <c r="V71" s="0" t="s">
-        <v>637</v>
+        <v>626</v>
       </c>
     </row>
     <row r="72" spans="1:22">
       <c r="A72" s="0" t="s">
-        <v>638</v>
+        <v>627</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>639</v>
+        <v>628</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>640</v>
+        <v>629</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>641</v>
+        <v>630</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>642</v>
+        <v>631</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>643</v>
+        <v>632</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J72" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K72" s="0" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="L72" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M72" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N72" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O72" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P72" s="0" t="s">
-        <v>644</v>
+        <v>633</v>
       </c>
       <c r="Q72" s="0">
         <v>2006</v>
       </c>
       <c r="R72" s="0" t="s">
-        <v>645</v>
+        <v>634</v>
       </c>
       <c r="S72" s="0" t="s">
-        <v>646</v>
+        <v>635</v>
       </c>
       <c r="T72" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U72" s="0" t="s">
-        <v>647</v>
+        <v>636</v>
       </c>
       <c r="V72" s="0" t="s">
-        <v>648</v>
+        <v>637</v>
       </c>
     </row>
     <row r="73" spans="1:22">
       <c r="A73" s="0" t="s">
-        <v>649</v>
+        <v>638</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>650</v>
+        <v>639</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>651</v>
+        <v>640</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>652</v>
+        <v>641</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>653</v>
+        <v>642</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I73" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J73" s="0" t="s">
-        <v>654</v>
+        <v>643</v>
       </c>
       <c r="K73" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L73" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M73" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N73" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O73" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P73" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q73" s="0">
         <v>2009</v>
       </c>
       <c r="R73" s="0" t="s">
-        <v>655</v>
+        <v>644</v>
       </c>
       <c r="S73" s="0" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="T73" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="U73" s="0" t="s">
-        <v>656</v>
+        <v>645</v>
       </c>
       <c r="V73" s="0" t="s">
-        <v>657</v>
+        <v>646</v>
       </c>
     </row>
     <row r="74" spans="1:22">
       <c r="A74" s="0" t="s">
-        <v>658</v>
+        <v>647</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>659</v>
+        <v>648</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>660</v>
+        <v>649</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>661</v>
+        <v>650</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I74" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J74" s="0" t="s">
-        <v>662</v>
+        <v>651</v>
       </c>
       <c r="K74" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L74" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M74" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N74" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O74" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P74" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q74" s="0">
         <v>2003</v>
       </c>
       <c r="R74" s="0" t="s">
-        <v>663</v>
+        <v>652</v>
       </c>
       <c r="S74" s="0" t="s">
-        <v>664</v>
+        <v>653</v>
       </c>
       <c r="T74" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="U74" s="0" t="s">
-        <v>665</v>
+        <v>654</v>
       </c>
       <c r="V74" s="0" t="s">
-        <v>666</v>
+        <v>655</v>
       </c>
     </row>
     <row r="75" spans="1:22">
       <c r="A75" s="0" t="s">
-        <v>667</v>
+        <v>656</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>668</v>
+        <v>657</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="F75" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="G75" s="0" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I75" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J75" s="0" t="s">
-        <v>654</v>
+        <v>643</v>
       </c>
       <c r="K75" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L75" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M75" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N75" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O75" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P75" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q75" s="0">
         <v>2009</v>
       </c>
       <c r="R75" s="0" t="s">
         <v>36</v>
       </c>
       <c r="S75" s="0" t="s">
         <v>37</v>
       </c>
       <c r="T75" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U75" s="0" t="s">
-        <v>669</v>
+        <v>658</v>
       </c>
       <c r="V75" s="0" t="s">
-        <v>670</v>
+        <v>659</v>
       </c>
     </row>
     <row r="76" spans="1:22">
       <c r="A76" s="0" t="s">
-        <v>671</v>
+        <v>660</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>672</v>
+        <v>661</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I76" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J76" s="0" t="s">
         <v>48</v>
       </c>
       <c r="K76" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L76" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M76" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N76" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O76" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P76" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q76" s="0">
         <v>1998</v>
       </c>
       <c r="R76" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="S76" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="S76" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T76" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="U76" s="0" t="s">
-        <v>673</v>
+        <v>662</v>
       </c>
       <c r="V76" s="0" t="s">
-        <v>674</v>
+        <v>663</v>
       </c>
     </row>
     <row r="77" spans="1:22">
       <c r="A77" s="0" t="s">
-        <v>675</v>
+        <v>664</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>676</v>
+        <v>665</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>538</v>
+        <v>24</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>35</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>677</v>
+        <v>666</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>47</v>
       </c>
       <c r="I77" s="0" t="s">
-        <v>508</v>
+        <v>500</v>
       </c>
       <c r="J77" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K77" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L77" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M77" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N77" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O77" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P77" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q77" s="0">
         <v>2020</v>
       </c>
       <c r="R77" s="0" t="s">
-        <v>678</v>
+        <v>667</v>
       </c>
       <c r="S77" s="0" t="s">
-        <v>679</v>
+        <v>668</v>
       </c>
       <c r="T77" s="0" t="s">
-        <v>680</v>
+        <v>669</v>
       </c>
       <c r="U77" s="0" t="s">
-        <v>681</v>
+        <v>670</v>
       </c>
       <c r="V77" s="0" t="s">
-        <v>682</v>
+        <v>671</v>
       </c>
     </row>
     <row r="78" spans="1:22">
       <c r="A78" s="0" t="s">
-        <v>683</v>
+        <v>672</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>684</v>
+        <v>673</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>494</v>
+        <v>487</v>
       </c>
       <c r="I78" s="0" t="s">
-        <v>685</v>
+        <v>674</v>
       </c>
       <c r="J78" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K78" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L78" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M78" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N78" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O78" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P78" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q78" s="0">
         <v>2024</v>
       </c>
       <c r="R78" s="0" t="s">
-        <v>686</v>
+        <v>675</v>
       </c>
       <c r="S78" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="T78" s="0" t="s">
-        <v>687</v>
+        <v>676</v>
       </c>
       <c r="U78" s="0" t="s">
-        <v>688</v>
+        <v>677</v>
       </c>
       <c r="V78" s="0" t="s">
-        <v>689</v>
+        <v>678</v>
       </c>
     </row>
     <row r="79" spans="1:22">
       <c r="A79" s="0" t="s">
-        <v>690</v>
+        <v>679</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>691</v>
+        <v>680</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>692</v>
+        <v>681</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J79" s="0" t="s">
-        <v>654</v>
+        <v>643</v>
       </c>
       <c r="K79" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L79" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M79" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N79" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O79" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P79" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q79" s="0">
         <v>2008</v>
       </c>
       <c r="R79" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S79" s="0" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="T79" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="U79" s="0" t="s">
-        <v>693</v>
+        <v>682</v>
       </c>
       <c r="V79" s="0" t="s">
-        <v>694</v>
+        <v>683</v>
       </c>
     </row>
     <row r="80" spans="1:22">
       <c r="A80" s="0" t="s">
-        <v>695</v>
+        <v>684</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>696</v>
+        <v>685</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D80" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="E80" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="F80" s="0" t="s">
         <v>167</v>
       </c>
-      <c r="E80" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G80" s="0" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I80" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J80" s="0" t="s">
-        <v>697</v>
+        <v>686</v>
       </c>
       <c r="K80" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L80" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M80" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N80" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O80" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P80" s="0" t="s">
-        <v>698</v>
+        <v>687</v>
       </c>
       <c r="Q80" s="0">
         <v>2009</v>
       </c>
       <c r="R80" s="0" t="s">
-        <v>699</v>
+        <v>688</v>
       </c>
       <c r="S80" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T80" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="U80" s="0" t="s">
-        <v>700</v>
+        <v>689</v>
       </c>
       <c r="V80" s="0" t="s">
-        <v>701</v>
+        <v>690</v>
       </c>
     </row>
     <row r="81" spans="1:22">
       <c r="A81" s="0" t="s">
-        <v>702</v>
+        <v>691</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>703</v>
+        <v>692</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>704</v>
+        <v>693</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>705</v>
+        <v>694</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I81" s="0" t="s">
-        <v>706</v>
+        <v>695</v>
       </c>
       <c r="J81" s="0" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="K81" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L81" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M81" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N81" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O81" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P81" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q81" s="0">
         <v>2026</v>
       </c>
       <c r="R81" s="0" t="s">
-        <v>707</v>
+        <v>696</v>
       </c>
       <c r="S81" s="0" t="s">
-        <v>708</v>
+        <v>697</v>
       </c>
       <c r="T81" s="0" t="s">
-        <v>610</v>
+        <v>599</v>
       </c>
       <c r="U81" s="0" t="s">
-        <v>709</v>
+        <v>698</v>
       </c>
       <c r="V81" s="0" t="s">
-        <v>710</v>
+        <v>699</v>
       </c>
     </row>
     <row r="82" spans="1:22">
       <c r="A82" s="0" t="s">
-        <v>711</v>
+        <v>700</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>712</v>
+        <v>701</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>713</v>
+        <v>702</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>714</v>
+        <v>703</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>715</v>
+        <v>704</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>716</v>
+        <v>705</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I82" s="0" t="s">
-        <v>508</v>
+        <v>500</v>
       </c>
       <c r="J82" s="0" t="s">
-        <v>717</v>
+        <v>706</v>
       </c>
       <c r="K82" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L82" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M82" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N82" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O82" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P82" s="0" t="s">
-        <v>718</v>
+        <v>707</v>
       </c>
       <c r="Q82" s="0">
         <v>2022</v>
       </c>
       <c r="R82" s="0" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="S82" s="0" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="T82" s="0" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="U82" s="0" t="s">
-        <v>719</v>
+        <v>708</v>
       </c>
       <c r="V82" s="0" t="s">
-        <v>720</v>
+        <v>709</v>
       </c>
     </row>
     <row r="83" spans="1:22">
       <c r="A83" s="0" t="s">
-        <v>721</v>
+        <v>710</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>722</v>
+        <v>711</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I83" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J83" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K83" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L83" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M83" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N83" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O83" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P83" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q83" s="0">
         <v>2002</v>
       </c>
       <c r="R83" s="0" t="s">
         <v>36</v>
       </c>
       <c r="S83" s="0" t="s">
         <v>37</v>
       </c>
       <c r="T83" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U83" s="0" t="s">
-        <v>723</v>
+        <v>712</v>
       </c>
       <c r="V83" s="0" t="s">
-        <v>724</v>
+        <v>713</v>
       </c>
     </row>
     <row r="84" spans="1:22">
       <c r="A84" s="0" t="s">
-        <v>725</v>
+        <v>714</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>726</v>
+        <v>715</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="F84" s="0" t="s">
-        <v>727</v>
+        <v>716</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I84" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J84" s="0" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="K84" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L84" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M84" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N84" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O84" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P84" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q84" s="0">
         <v>2016</v>
       </c>
       <c r="R84" s="0" t="s">
-        <v>728</v>
+        <v>717</v>
       </c>
       <c r="S84" s="0" t="s">
-        <v>729</v>
+        <v>718</v>
       </c>
       <c r="T84" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="U84" s="0" t="s">
-        <v>730</v>
+        <v>719</v>
       </c>
       <c r="V84" s="0" t="s">
-        <v>731</v>
+        <v>720</v>
       </c>
     </row>
     <row r="85" spans="1:22">
       <c r="A85" s="0" t="s">
-        <v>732</v>
+        <v>721</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>733</v>
+        <v>722</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>734</v>
+        <v>723</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I85" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J85" s="0" t="s">
         <v>48</v>
       </c>
       <c r="K85" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L85" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M85" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N85" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O85" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P85" s="0" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="Q85" s="0">
         <v>2005</v>
       </c>
       <c r="R85" s="0" t="s">
-        <v>735</v>
+        <v>724</v>
       </c>
       <c r="S85" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="T85" s="0" t="s">
-        <v>736</v>
+        <v>725</v>
       </c>
       <c r="U85" s="0" t="s">
-        <v>737</v>
+        <v>726</v>
       </c>
       <c r="V85" s="0" t="s">
-        <v>738</v>
+        <v>727</v>
       </c>
     </row>
     <row r="86" spans="1:22">
       <c r="A86" s="0" t="s">
-        <v>739</v>
+        <v>728</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>740</v>
+        <v>729</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>741</v>
+        <v>730</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I86" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J86" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="K86" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L86" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M86" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N86" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O86" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P86" s="0" t="s">
-        <v>742</v>
+        <v>731</v>
       </c>
       <c r="Q86" s="0">
         <v>2005</v>
       </c>
       <c r="R86" s="0" t="s">
-        <v>743</v>
+        <v>732</v>
       </c>
       <c r="S86" s="0" t="s">
-        <v>744</v>
+        <v>733</v>
       </c>
       <c r="T86" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U86" s="0" t="s">
-        <v>745</v>
+        <v>734</v>
       </c>
       <c r="V86" s="0" t="s">
-        <v>746</v>
+        <v>735</v>
       </c>
     </row>
     <row r="87" spans="1:22">
       <c r="A87" s="0" t="s">
-        <v>747</v>
+        <v>736</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>748</v>
+        <v>737</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>749</v>
+        <v>738</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>750</v>
+        <v>739</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I87" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J87" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="K87" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L87" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M87" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N87" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O87" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P87" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q87" s="0">
         <v>2008</v>
       </c>
       <c r="R87" s="0" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="S87" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T87" s="0" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="U87" s="0" t="s">
-        <v>752</v>
+        <v>741</v>
       </c>
       <c r="V87" s="0" t="s">
-        <v>753</v>
+        <v>742</v>
       </c>
     </row>
     <row r="88" spans="1:22">
       <c r="A88" s="0" t="s">
-        <v>754</v>
+        <v>743</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>755</v>
+        <v>744</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>538</v>
+        <v>24</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>756</v>
+        <v>745</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I88" s="0" t="s">
-        <v>685</v>
+        <v>674</v>
       </c>
       <c r="J88" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K88" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L88" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M88" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N88" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O88" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P88" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q88" s="0">
         <v>2020</v>
       </c>
       <c r="R88" s="0" t="s">
-        <v>539</v>
+        <v>530</v>
       </c>
       <c r="S88" s="0" t="s">
-        <v>757</v>
+        <v>746</v>
       </c>
       <c r="T88" s="0" t="s">
-        <v>758</v>
+        <v>747</v>
       </c>
       <c r="U88" s="0" t="s">
-        <v>759</v>
+        <v>748</v>
       </c>
       <c r="V88" s="0" t="s">
-        <v>760</v>
+        <v>749</v>
       </c>
     </row>
     <row r="89" spans="1:22">
       <c r="A89" s="0" t="s">
-        <v>761</v>
+        <v>750</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>762</v>
+        <v>751</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>763</v>
+        <v>752</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I89" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J89" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K89" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L89" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M89" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N89" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O89" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P89" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q89" s="0">
         <v>2005</v>
       </c>
       <c r="R89" s="0" t="s">
-        <v>764</v>
+        <v>753</v>
       </c>
       <c r="S89" s="0" t="s">
-        <v>765</v>
+        <v>754</v>
       </c>
       <c r="T89" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U89" s="0" t="s">
-        <v>766</v>
+        <v>755</v>
       </c>
       <c r="V89" s="0" t="s">
-        <v>767</v>
+        <v>756</v>
       </c>
     </row>
     <row r="90" spans="1:22">
       <c r="A90" s="0" t="s">
-        <v>768</v>
+        <v>757</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>769</v>
+        <v>758</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>364</v>
+        <v>24</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>583</v>
+        <v>572</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>770</v>
+        <v>759</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>615</v>
+        <v>604</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I90" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J90" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K90" s="0" t="s">
-        <v>771</v>
+        <v>760</v>
       </c>
       <c r="L90" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M90" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N90" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O90" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P90" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q90" s="0">
         <v>2016</v>
       </c>
       <c r="R90" s="0" t="s">
-        <v>772</v>
+        <v>761</v>
       </c>
       <c r="S90" s="0" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="T90" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="U90" s="0" t="s">
-        <v>773</v>
+        <v>762</v>
       </c>
       <c r="V90" s="0" t="s">
-        <v>774</v>
+        <v>763</v>
       </c>
     </row>
     <row r="91" spans="1:22">
       <c r="A91" s="0" t="s">
-        <v>775</v>
+        <v>764</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>776</v>
+        <v>765</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>777</v>
+        <v>43</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>778</v>
+        <v>766</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>779</v>
+        <v>767</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="H91" s="0" t="s">
-        <v>780</v>
+        <v>768</v>
       </c>
       <c r="I91" s="0" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="J91" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="K91" s="0" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="L91" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M91" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N91" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O91" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P91" s="0" t="s">
-        <v>781</v>
+        <v>769</v>
       </c>
       <c r="Q91" s="0">
         <v>2003</v>
       </c>
       <c r="R91" s="0" t="s">
-        <v>782</v>
+        <v>770</v>
       </c>
       <c r="S91" s="0" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="T91" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="U91" s="0" t="s">
-        <v>783</v>
+        <v>771</v>
       </c>
       <c r="V91" s="0" t="s">
-        <v>784</v>
+        <v>772</v>
       </c>
     </row>
     <row r="92" spans="1:22">
       <c r="A92" s="0" t="s">
-        <v>785</v>
+        <v>773</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>786</v>
+        <v>774</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>787</v>
+        <v>775</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>787</v>
+        <v>775</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>788</v>
+        <v>776</v>
       </c>
       <c r="G92" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I92" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J92" s="0" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="K92" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L92" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M92" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N92" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O92" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P92" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q92" s="0">
         <v>2013</v>
       </c>
       <c r="R92" s="0" t="s">
-        <v>789</v>
+        <v>777</v>
       </c>
       <c r="S92" s="0" t="s">
-        <v>790</v>
+        <v>778</v>
       </c>
       <c r="T92" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="U92" s="0" t="s">
-        <v>791</v>
+        <v>779</v>
       </c>
       <c r="V92" s="0" t="s">
-        <v>792</v>
+        <v>780</v>
       </c>
     </row>
     <row r="93" spans="1:22">
       <c r="A93" s="0" t="s">
-        <v>793</v>
+        <v>781</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>794</v>
+        <v>782</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>795</v>
+        <v>783</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>796</v>
+        <v>784</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>797</v>
+        <v>785</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>798</v>
+        <v>786</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I93" s="0" t="s">
-        <v>508</v>
+        <v>500</v>
       </c>
       <c r="J93" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K93" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L93" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M93" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N93" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O93" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P93" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q93" s="0">
         <v>2022</v>
       </c>
       <c r="R93" s="0" t="s">
-        <v>799</v>
+        <v>787</v>
       </c>
       <c r="S93" s="0" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="T93" s="0" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="U93" s="0" t="s">
-        <v>800</v>
+        <v>788</v>
       </c>
       <c r="V93" s="0" t="s">
-        <v>801</v>
+        <v>789</v>
       </c>
     </row>
     <row r="94" spans="1:22">
       <c r="A94" s="0" t="s">
-        <v>802</v>
+        <v>790</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>741</v>
+        <v>730</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I94" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J94" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K94" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L94" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M94" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N94" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O94" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P94" s="0" t="s">
-        <v>804</v>
+        <v>792</v>
       </c>
       <c r="Q94" s="0">
         <v>2001</v>
       </c>
       <c r="R94" s="0" t="s">
-        <v>805</v>
+        <v>793</v>
       </c>
       <c r="S94" s="0" t="s">
-        <v>806</v>
+        <v>794</v>
       </c>
       <c r="T94" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U94" s="0" t="s">
-        <v>807</v>
+        <v>795</v>
       </c>
       <c r="V94" s="0" t="s">
-        <v>808</v>
+        <v>796</v>
       </c>
     </row>
     <row r="95" spans="1:22">
       <c r="A95" s="0" t="s">
-        <v>809</v>
+        <v>797</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>810</v>
+        <v>798</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>364</v>
+        <v>24</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>811</v>
+        <v>799</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>780</v>
+        <v>768</v>
       </c>
       <c r="I95" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J95" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K95" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L95" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M95" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N95" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O95" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P95" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q95" s="0">
         <v>2013</v>
       </c>
       <c r="R95" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="S95" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="S95" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T95" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="U95" s="0" t="s">
-        <v>812</v>
+        <v>800</v>
       </c>
       <c r="V95" s="0" t="s">
-        <v>813</v>
+        <v>801</v>
       </c>
     </row>
     <row r="96" spans="1:22">
       <c r="A96" s="0" t="s">
-        <v>814</v>
+        <v>802</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>815</v>
+        <v>803</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I96" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J96" s="0" t="s">
         <v>48</v>
       </c>
       <c r="K96" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L96" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M96" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N96" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O96" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P96" s="0" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="Q96" s="0">
         <v>2006</v>
       </c>
       <c r="R96" s="0" t="s">
-        <v>816</v>
+        <v>804</v>
       </c>
       <c r="S96" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="T96" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="U96" s="0" t="s">
-        <v>817</v>
+        <v>805</v>
       </c>
       <c r="V96" s="0" t="s">
-        <v>818</v>
+        <v>806</v>
       </c>
     </row>
     <row r="97" spans="1:22">
       <c r="A97" s="0" t="s">
-        <v>819</v>
+        <v>807</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>820</v>
+        <v>808</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I97" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="J97" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="J97" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K97" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L97" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M97" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N97" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O97" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P97" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q97" s="0">
         <v>2010</v>
       </c>
       <c r="R97" s="0" t="s">
-        <v>821</v>
+        <v>809</v>
       </c>
       <c r="S97" s="0" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="T97" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="U97" s="0" t="s">
-        <v>822</v>
+        <v>810</v>
       </c>
       <c r="V97" s="0" t="s">
-        <v>823</v>
+        <v>811</v>
       </c>
     </row>
     <row r="98" spans="1:22">
       <c r="A98" s="0" t="s">
-        <v>824</v>
+        <v>812</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>825</v>
+        <v>813</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="F98" s="0" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I98" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J98" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K98" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L98" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M98" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N98" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O98" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P98" s="0" t="s">
-        <v>826</v>
+        <v>814</v>
       </c>
       <c r="Q98" s="0">
         <v>2000</v>
       </c>
       <c r="R98" s="0" t="s">
-        <v>827</v>
+        <v>815</v>
       </c>
       <c r="S98" s="0" t="s">
-        <v>828</v>
+        <v>816</v>
       </c>
       <c r="T98" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U98" s="0" t="s">
-        <v>829</v>
+        <v>817</v>
       </c>
       <c r="V98" s="0" t="s">
-        <v>830</v>
+        <v>818</v>
       </c>
     </row>
     <row r="99" spans="1:22">
       <c r="A99" s="0" t="s">
-        <v>831</v>
+        <v>819</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>832</v>
+        <v>820</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D99" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="E99" s="0" t="s">
         <v>211</v>
       </c>
-      <c r="E99" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F99" s="0" t="s">
-        <v>594</v>
+        <v>583</v>
       </c>
       <c r="G99" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I99" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J99" s="0" t="s">
         <v>48</v>
       </c>
       <c r="K99" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L99" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M99" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N99" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O99" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P99" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q99" s="0">
         <v>1999</v>
       </c>
       <c r="R99" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S99" s="0" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="T99" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U99" s="0" t="s">
-        <v>833</v>
+        <v>821</v>
       </c>
       <c r="V99" s="0" t="s">
-        <v>834</v>
+        <v>822</v>
       </c>
     </row>
     <row r="100" spans="1:22">
       <c r="A100" s="0" t="s">
-        <v>835</v>
+        <v>823</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>836</v>
+        <v>824</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>538</v>
+        <v>24</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>530</v>
+        <v>522</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F100" s="0" t="s">
-        <v>837</v>
+        <v>825</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I100" s="0" t="s">
-        <v>508</v>
+        <v>500</v>
       </c>
       <c r="J100" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K100" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L100" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M100" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N100" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O100" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P100" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q100" s="0">
         <v>2020</v>
       </c>
       <c r="R100" s="0" t="s">
-        <v>539</v>
+        <v>530</v>
       </c>
       <c r="S100" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="T100" s="0" t="s">
-        <v>628</v>
+        <v>617</v>
       </c>
       <c r="U100" s="0" t="s">
-        <v>838</v>
+        <v>826</v>
       </c>
       <c r="V100" s="0" t="s">
-        <v>839</v>
+        <v>827</v>
       </c>
     </row>
     <row r="101" spans="1:22">
       <c r="A101" s="0" t="s">
-        <v>840</v>
+        <v>828</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>841</v>
+        <v>829</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>842</v>
+        <v>830</v>
       </c>
       <c r="F101" s="0" t="s">
-        <v>843</v>
+        <v>831</v>
       </c>
       <c r="G101" s="0" t="s">
-        <v>844</v>
+        <v>832</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I101" s="0" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="J101" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K101" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L101" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M101" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N101" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O101" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P101" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q101" s="0">
         <v>2025</v>
       </c>
       <c r="R101" s="0"/>
       <c r="S101" s="0"/>
       <c r="T101" s="0" t="s">
-        <v>845</v>
+        <v>833</v>
       </c>
       <c r="U101" s="0" t="s">
-        <v>846</v>
+        <v>834</v>
       </c>
       <c r="V101" s="0" t="s">
-        <v>847</v>
+        <v>835</v>
       </c>
     </row>
     <row r="102" spans="1:22">
       <c r="A102" s="0" t="s">
-        <v>848</v>
+        <v>836</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>849</v>
+        <v>837</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F102" s="0" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="G102" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I102" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J102" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="K102" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L102" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M102" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N102" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O102" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P102" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q102" s="0">
         <v>2006</v>
       </c>
       <c r="R102" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="S102" s="0" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="T102" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U102" s="0" t="s">
-        <v>850</v>
+        <v>838</v>
       </c>
       <c r="V102" s="0" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
     </row>
     <row r="103" spans="1:22">
       <c r="A103" s="0" t="s">
-        <v>852</v>
+        <v>840</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>853</v>
+        <v>841</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>854</v>
+        <v>842</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="G103" s="0" t="s">
-        <v>855</v>
+        <v>843</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I103" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J103" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="K103" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L103" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M103" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N103" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O103" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P103" s="0" t="s">
-        <v>856</v>
+        <v>844</v>
       </c>
       <c r="Q103" s="0">
         <v>2000</v>
       </c>
       <c r="R103" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S103" s="0" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="T103" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U103" s="0" t="s">
-        <v>857</v>
+        <v>845</v>
       </c>
       <c r="V103" s="0" t="s">
-        <v>858</v>
+        <v>846</v>
       </c>
     </row>
     <row r="104" spans="1:22">
       <c r="A104" s="0" t="s">
-        <v>859</v>
+        <v>847</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>860</v>
+        <v>848</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="F104" s="0" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="G104" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I104" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J104" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K104" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L104" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M104" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N104" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O104" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P104" s="0" t="s">
-        <v>861</v>
+        <v>849</v>
       </c>
       <c r="Q104" s="0">
         <v>2010</v>
       </c>
       <c r="R104" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S104" s="0" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="T104" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U104" s="0" t="s">
-        <v>862</v>
+        <v>850</v>
       </c>
       <c r="V104" s="0" t="s">
-        <v>863</v>
+        <v>851</v>
       </c>
     </row>
     <row r="105" spans="1:22">
       <c r="A105" s="0" t="s">
-        <v>864</v>
+        <v>852</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>865</v>
+        <v>853</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>265</v>
+        <v>158</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>866</v>
+        <v>854</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>866</v>
+        <v>854</v>
       </c>
       <c r="F105" s="0" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="G105" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I105" s="0" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="J105" s="0" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="K105" s="0" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="L105" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M105" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N105" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O105" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P105" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q105" s="0">
         <v>2000</v>
       </c>
       <c r="R105" s="0" t="s">
-        <v>867</v>
+        <v>855</v>
       </c>
       <c r="S105" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T105" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="U105" s="0" t="s">
-        <v>868</v>
+        <v>856</v>
       </c>
       <c r="V105" s="0" t="s">
-        <v>869</v>
+        <v>857</v>
       </c>
     </row>
     <row r="106" spans="1:22">
       <c r="A106" s="0" t="s">
-        <v>870</v>
+        <v>858</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>871</v>
+        <v>859</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>872</v>
+        <v>860</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I106" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J106" s="0" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="K106" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L106" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M106" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N106" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O106" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P106" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q106" s="0">
         <v>1998</v>
       </c>
       <c r="R106" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="S106" s="0" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="T106" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U106" s="0" t="s">
-        <v>873</v>
+        <v>861</v>
       </c>
       <c r="V106" s="0" t="s">
-        <v>874</v>
+        <v>862</v>
       </c>
     </row>
     <row r="107" spans="1:22">
       <c r="A107" s="0" t="s">
-        <v>875</v>
+        <v>863</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>876</v>
+        <v>864</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>877</v>
+        <v>865</v>
       </c>
       <c r="G107" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I107" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J107" s="0" t="s">
-        <v>878</v>
+        <v>866</v>
       </c>
       <c r="K107" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L107" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M107" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N107" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O107" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P107" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q107" s="0">
         <v>2007</v>
       </c>
       <c r="R107" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="S107" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="S107" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T107" s="0" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="U107" s="0" t="s">
-        <v>879</v>
+        <v>867</v>
       </c>
       <c r="V107" s="0" t="s">
-        <v>880</v>
+        <v>868</v>
       </c>
     </row>
     <row r="108" spans="1:22">
       <c r="A108" s="0" t="s">
-        <v>881</v>
+        <v>869</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>882</v>
+        <v>870</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>883</v>
+        <v>871</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I108" s="0" t="s">
-        <v>706</v>
+        <v>695</v>
       </c>
       <c r="J108" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="K108" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L108" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M108" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N108" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O108" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P108" s="0" t="s">
-        <v>884</v>
+        <v>872</v>
       </c>
       <c r="Q108" s="0">
         <v>2025</v>
       </c>
       <c r="R108" s="0" t="s">
-        <v>885</v>
+        <v>873</v>
       </c>
       <c r="S108" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="T108" s="0" t="s">
-        <v>886</v>
+        <v>874</v>
       </c>
       <c r="U108" s="0" t="s">
-        <v>887</v>
+        <v>875</v>
       </c>
       <c r="V108" s="0" t="s">
-        <v>888</v>
+        <v>876</v>
       </c>
     </row>
     <row r="109" spans="1:22">
       <c r="A109" s="0" t="s">
-        <v>889</v>
+        <v>877</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>890</v>
+        <v>878</v>
       </c>
       <c r="C109" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="D109" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="E109" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="D109" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F109" s="0" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I109" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="J109" s="0" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="K109" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L109" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M109" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N109" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O109" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P109" s="0" t="s">
-        <v>891</v>
+        <v>879</v>
       </c>
       <c r="Q109" s="0">
         <v>2008</v>
       </c>
       <c r="R109" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="S109" s="0" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="T109" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U109" s="0" t="s">
-        <v>892</v>
+        <v>880</v>
       </c>
       <c r="V109" s="0" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
     </row>
     <row r="110" spans="1:22">
       <c r="A110" s="0" t="s">
-        <v>894</v>
+        <v>882</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>895</v>
+        <v>883</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>660</v>
+        <v>649</v>
       </c>
       <c r="F110" s="0" t="s">
-        <v>896</v>
+        <v>884</v>
       </c>
       <c r="G110" s="0" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I110" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J110" s="0" t="s">
-        <v>697</v>
+        <v>686</v>
       </c>
       <c r="K110" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L110" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M110" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N110" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O110" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P110" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q110" s="0">
         <v>2010</v>
       </c>
       <c r="R110" s="0" t="s">
-        <v>897</v>
+        <v>885</v>
       </c>
       <c r="S110" s="0" t="s">
-        <v>898</v>
+        <v>886</v>
       </c>
       <c r="T110" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U110" s="0" t="s">
-        <v>899</v>
+        <v>887</v>
       </c>
       <c r="V110" s="0" t="s">
-        <v>900</v>
+        <v>888</v>
       </c>
     </row>
     <row r="111" spans="1:22">
       <c r="A111" s="0" t="s">
-        <v>901</v>
+        <v>889</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>902</v>
+        <v>890</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>903</v>
+        <v>891</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I111" s="0" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="J111" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="K111" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L111" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M111" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N111" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O111" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P111" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q111" s="0">
         <v>2001</v>
       </c>
       <c r="R111" s="0" t="s">
-        <v>904</v>
+        <v>892</v>
       </c>
       <c r="S111" s="0" t="s">
-        <v>905</v>
+        <v>893</v>
       </c>
       <c r="T111" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U111" s="0" t="s">
-        <v>906</v>
+        <v>894</v>
       </c>
       <c r="V111" s="0" t="s">
-        <v>907</v>
+        <v>895</v>
       </c>
     </row>
     <row r="112" spans="1:22">
       <c r="A112" s="0" t="s">
-        <v>908</v>
+        <v>896</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>909</v>
+        <v>897</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F112" s="0" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="G112" s="0" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I112" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J112" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="K112" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L112" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M112" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N112" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O112" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P112" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q112" s="0">
         <v>2016</v>
       </c>
       <c r="R112" s="0" t="s">
         <v>36</v>
       </c>
       <c r="S112" s="0" t="s">
         <v>37</v>
       </c>
       <c r="T112" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="U112" s="0" t="s">
-        <v>910</v>
+        <v>898</v>
       </c>
       <c r="V112" s="0" t="s">
-        <v>911</v>
+        <v>899</v>
       </c>
     </row>
     <row r="113" spans="1:22">
       <c r="A113" s="0" t="s">
-        <v>912</v>
+        <v>900</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>913</v>
+        <v>901</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D113" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="E113" s="0" t="s">
         <v>211</v>
       </c>
-      <c r="E113" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F113" s="0" t="s">
-        <v>594</v>
+        <v>583</v>
       </c>
       <c r="G113" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I113" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J113" s="0" t="s">
         <v>48</v>
       </c>
       <c r="K113" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L113" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M113" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N113" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O113" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P113" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q113" s="0">
         <v>1999</v>
       </c>
       <c r="R113" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S113" s="0" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="T113" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U113" s="0" t="s">
-        <v>914</v>
+        <v>902</v>
       </c>
       <c r="V113" s="0" t="s">
-        <v>915</v>
+        <v>903</v>
       </c>
     </row>
     <row r="114" spans="1:22">
       <c r="A114" s="0" t="s">
-        <v>916</v>
+        <v>904</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>917</v>
+        <v>905</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F114" s="0" t="s">
-        <v>919</v>
+        <v>907</v>
       </c>
       <c r="G114" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I114" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J114" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="K114" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="L114" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="M114" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="N114" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="O114" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="P114" s="0" t="s">
         <v>87</v>
-      </c>
-[...16 lines deleted...]
-        <v>88</v>
       </c>
       <c r="Q114" s="0">
         <v>2010</v>
       </c>
       <c r="R114" s="0" t="s">
-        <v>920</v>
+        <v>908</v>
       </c>
       <c r="S114" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T114" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U114" s="0" t="s">
-        <v>921</v>
+        <v>909</v>
       </c>
       <c r="V114" s="0" t="s">
-        <v>922</v>
+        <v>910</v>
       </c>
     </row>
     <row r="115" spans="1:22">
       <c r="A115" s="0" t="s">
-        <v>923</v>
+        <v>911</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>924</v>
+        <v>912</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="G115" s="0" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I115" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J115" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="K115" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L115" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M115" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N115" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O115" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P115" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q115" s="0">
         <v>2010</v>
       </c>
       <c r="R115" s="0" t="s">
-        <v>925</v>
+        <v>913</v>
       </c>
       <c r="S115" s="0" t="s">
-        <v>926</v>
+        <v>914</v>
       </c>
       <c r="T115" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="U115" s="0" t="s">
-        <v>927</v>
+        <v>915</v>
       </c>
       <c r="V115" s="0" t="s">
-        <v>928</v>
+        <v>916</v>
       </c>
     </row>
     <row r="116" spans="1:22">
       <c r="A116" s="0" t="s">
-        <v>929</v>
+        <v>917</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>930</v>
+        <v>918</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>931</v>
+        <v>919</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="F116" s="0" t="s">
-        <v>932</v>
+        <v>920</v>
       </c>
       <c r="G116" s="0" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I116" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J116" s="0" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="K116" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L116" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M116" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N116" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O116" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P116" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q116" s="0">
         <v>2010</v>
       </c>
       <c r="R116" s="0" t="s">
-        <v>933</v>
+        <v>921</v>
       </c>
       <c r="S116" s="0" t="s">
-        <v>934</v>
+        <v>922</v>
       </c>
       <c r="T116" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U116" s="0" t="s">
-        <v>935</v>
+        <v>923</v>
       </c>
       <c r="V116" s="0" t="s">
-        <v>936</v>
+        <v>924</v>
       </c>
     </row>
     <row r="117" spans="1:22">
       <c r="A117" s="0" t="s">
-        <v>937</v>
+        <v>925</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>938</v>
+        <v>926</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>787</v>
+        <v>775</v>
       </c>
       <c r="F117" s="0" t="s">
-        <v>939</v>
+        <v>927</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>855</v>
+        <v>843</v>
       </c>
       <c r="H117" s="0" t="s">
-        <v>940</v>
+        <v>928</v>
       </c>
       <c r="I117" s="0" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="J117" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="K117" s="0" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="L117" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M117" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N117" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O117" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P117" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q117" s="0">
         <v>2001</v>
       </c>
       <c r="R117" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S117" s="0" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="T117" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U117" s="0" t="s">
-        <v>941</v>
+        <v>929</v>
       </c>
       <c r="V117" s="0" t="s">
-        <v>942</v>
+        <v>930</v>
       </c>
     </row>
     <row r="118" spans="1:22">
       <c r="A118" s="0" t="s">
-        <v>943</v>
+        <v>931</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>945</v>
+        <v>933</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>945</v>
+        <v>933</v>
       </c>
       <c r="F118" s="0" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I118" s="0" t="s">
-        <v>946</v>
+        <v>934</v>
       </c>
       <c r="J118" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="K118" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L118" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M118" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N118" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O118" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P118" s="0" t="s">
-        <v>947</v>
+        <v>935</v>
       </c>
       <c r="Q118" s="0">
         <v>2025</v>
       </c>
       <c r="R118" s="0" t="s">
-        <v>948</v>
+        <v>936</v>
       </c>
       <c r="S118" s="0" t="s">
-        <v>948</v>
+        <v>936</v>
       </c>
       <c r="T118" s="0" t="s">
-        <v>949</v>
+        <v>937</v>
       </c>
       <c r="U118" s="0" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="V118" s="0" t="s">
-        <v>951</v>
+        <v>939</v>
       </c>
     </row>
     <row r="119" spans="1:22">
       <c r="A119" s="0" t="s">
-        <v>952</v>
+        <v>940</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>953</v>
+        <v>941</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>640</v>
+        <v>629</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>954</v>
+        <v>942</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>955</v>
+        <v>943</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>956</v>
+        <v>944</v>
       </c>
       <c r="G119" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I119" s="0" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="J119" s="0" t="s">
-        <v>957</v>
+        <v>945</v>
       </c>
       <c r="K119" s="0" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="L119" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M119" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N119" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O119" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P119" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q119" s="0">
         <v>2006</v>
       </c>
       <c r="R119" s="0" t="s">
-        <v>958</v>
+        <v>946</v>
       </c>
       <c r="S119" s="0" t="s">
-        <v>959</v>
+        <v>947</v>
       </c>
       <c r="T119" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U119" s="0" t="s">
-        <v>960</v>
+        <v>948</v>
       </c>
       <c r="V119" s="0" t="s">
-        <v>961</v>
+        <v>949</v>
       </c>
     </row>
     <row r="120" spans="1:22">
       <c r="A120" s="0" t="s">
-        <v>962</v>
+        <v>950</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>963</v>
+        <v>951</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="G120" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I120" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J120" s="0" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="K120" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L120" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M120" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N120" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O120" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P120" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q120" s="0">
         <v>2012</v>
       </c>
       <c r="R120" s="0" t="s">
-        <v>964</v>
+        <v>952</v>
       </c>
       <c r="S120" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T120" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="U120" s="0" t="s">
-        <v>965</v>
+        <v>953</v>
       </c>
       <c r="V120" s="0" t="s">
-        <v>966</v>
+        <v>954</v>
       </c>
     </row>
     <row r="121" spans="1:22">
       <c r="A121" s="0" t="s">
-        <v>967</v>
+        <v>955</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>968</v>
+        <v>956</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>265</v>
+        <v>158</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>969</v>
+        <v>957</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>970</v>
+        <v>958</v>
       </c>
       <c r="F121" s="0" t="s">
-        <v>811</v>
+        <v>799</v>
       </c>
       <c r="G121" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I121" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="J121" s="0" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="K121" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L121" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M121" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N121" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O121" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P121" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q121" s="0">
         <v>2011</v>
       </c>
       <c r="R121" s="0" t="s">
-        <v>971</v>
+        <v>959</v>
       </c>
       <c r="S121" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T121" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="U121" s="0" t="s">
-        <v>972</v>
+        <v>960</v>
       </c>
       <c r="V121" s="0" t="s">
-        <v>973</v>
+        <v>961</v>
       </c>
     </row>
     <row r="122" spans="1:22">
       <c r="A122" s="0" t="s">
-        <v>974</v>
+        <v>962</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>975</v>
+        <v>963</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>364</v>
+        <v>24</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>530</v>
+        <v>522</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="G122" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>47</v>
       </c>
       <c r="I122" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J122" s="0" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="K122" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L122" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M122" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N122" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O122" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P122" s="0" t="s">
-        <v>891</v>
+        <v>879</v>
       </c>
       <c r="Q122" s="0">
         <v>2013</v>
       </c>
       <c r="R122" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="S122" s="0" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="T122" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U122" s="0" t="s">
-        <v>976</v>
+        <v>964</v>
       </c>
       <c r="V122" s="0" t="s">
-        <v>977</v>
+        <v>965</v>
       </c>
     </row>
     <row r="123" spans="1:22">
       <c r="A123" s="0" t="s">
-        <v>978</v>
+        <v>966</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>979</v>
+        <v>967</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>980</v>
+        <v>968</v>
       </c>
       <c r="F123" s="0" t="s">
-        <v>981</v>
+        <v>969</v>
       </c>
       <c r="G123" s="0" t="s">
-        <v>982</v>
+        <v>970</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I123" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J123" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K123" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L123" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M123" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N123" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O123" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P123" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q123" s="0">
         <v>2024</v>
       </c>
       <c r="R123" s="0" t="s">
-        <v>983</v>
+        <v>971</v>
       </c>
       <c r="S123" s="0" t="s">
-        <v>984</v>
+        <v>972</v>
       </c>
       <c r="T123" s="0" t="s">
-        <v>985</v>
+        <v>973</v>
       </c>
       <c r="U123" s="0" t="s">
-        <v>986</v>
+        <v>974</v>
       </c>
       <c r="V123" s="0" t="s">
-        <v>987</v>
+        <v>975</v>
       </c>
     </row>
     <row r="124" spans="1:22">
       <c r="A124" s="0" t="s">
-        <v>988</v>
+        <v>976</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>989</v>
+        <v>977</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>364</v>
+        <v>24</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>493</v>
+        <v>486</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="F124" s="0" t="s">
-        <v>788</v>
+        <v>776</v>
       </c>
       <c r="G124" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I124" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J124" s="0" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="K124" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L124" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M124" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N124" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O124" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P124" s="0" t="s">
-        <v>990</v>
+        <v>978</v>
       </c>
       <c r="Q124" s="0">
         <v>2013</v>
       </c>
       <c r="R124" s="0" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="S124" s="0" t="s">
-        <v>991</v>
+        <v>979</v>
       </c>
       <c r="T124" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="U124" s="0" t="s">
-        <v>992</v>
+        <v>980</v>
       </c>
       <c r="V124" s="0" t="s">
-        <v>993</v>
+        <v>981</v>
       </c>
     </row>
     <row r="125" spans="1:22">
       <c r="A125" s="0" t="s">
-        <v>994</v>
+        <v>982</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>995</v>
+        <v>983</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>854</v>
+        <v>842</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I125" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J125" s="0" t="s">
         <v>48</v>
       </c>
       <c r="K125" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L125" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M125" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N125" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O125" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P125" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q125" s="0">
         <v>2004</v>
       </c>
       <c r="R125" s="0" t="s">
-        <v>996</v>
+        <v>984</v>
       </c>
       <c r="S125" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T125" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U125" s="0" t="s">
-        <v>997</v>
+        <v>985</v>
       </c>
       <c r="V125" s="0" t="s">
-        <v>998</v>
+        <v>986</v>
       </c>
     </row>
     <row r="126" spans="1:22">
       <c r="A126" s="0" t="s">
-        <v>999</v>
+        <v>987</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>1000</v>
+        <v>988</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>265</v>
+        <v>158</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>1001</v>
+        <v>989</v>
       </c>
       <c r="G126" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I126" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J126" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K126" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L126" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M126" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N126" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O126" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P126" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q126" s="0">
         <v>2008</v>
       </c>
       <c r="R126" s="0" t="s">
-        <v>1002</v>
+        <v>990</v>
       </c>
       <c r="S126" s="0" t="s">
         <v>51</v>
       </c>
       <c r="T126" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U126" s="0" t="s">
-        <v>1003</v>
+        <v>991</v>
       </c>
       <c r="V126" s="0" t="s">
-        <v>1004</v>
+        <v>992</v>
       </c>
     </row>
     <row r="127" spans="1:22">
       <c r="A127" s="0" t="s">
-        <v>1005</v>
+        <v>993</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>1006</v>
+        <v>994</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="G127" s="0" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I127" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J127" s="0" t="s">
         <v>48</v>
       </c>
       <c r="K127" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L127" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M127" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N127" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O127" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P127" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q127" s="0">
         <v>2007</v>
       </c>
       <c r="R127" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S127" s="0" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="T127" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U127" s="0" t="s">
-        <v>1007</v>
+        <v>995</v>
       </c>
       <c r="V127" s="0" t="s">
-        <v>1008</v>
+        <v>996</v>
       </c>
     </row>
     <row r="128" spans="1:22">
       <c r="A128" s="0" t="s">
-        <v>1009</v>
+        <v>997</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>1010</v>
+        <v>998</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="F128" s="0" t="s">
-        <v>749</v>
+        <v>738</v>
       </c>
       <c r="G128" s="0" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I128" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J128" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K128" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L128" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M128" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N128" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O128" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P128" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q128" s="0">
         <v>2017</v>
       </c>
       <c r="R128" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S128" s="0" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="T128" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U128" s="0" t="s">
-        <v>1011</v>
+        <v>999</v>
       </c>
       <c r="V128" s="0" t="s">
-        <v>1012</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="129" spans="1:22">
       <c r="A129" s="0" t="s">
-        <v>1013</v>
+        <v>1001</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>1014</v>
+        <v>1002</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>530</v>
+        <v>522</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>787</v>
+        <v>775</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>1015</v>
+        <v>1003</v>
       </c>
       <c r="G129" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I129" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J129" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K129" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L129" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M129" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N129" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O129" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P129" s="0" t="s">
-        <v>1016</v>
+        <v>1004</v>
       </c>
       <c r="Q129" s="0">
         <v>2023</v>
       </c>
       <c r="R129" s="0" t="s">
-        <v>1017</v>
+        <v>1005</v>
       </c>
       <c r="S129" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="T129" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U129" s="0" t="s">
-        <v>1018</v>
+        <v>1006</v>
       </c>
       <c r="V129" s="0" t="s">
-        <v>1019</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="130" spans="1:22">
       <c r="A130" s="0" t="s">
-        <v>1020</v>
+        <v>1008</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>1021</v>
+        <v>1009</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F130" s="0" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="G130" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I130" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J130" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K130" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L130" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M130" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N130" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O130" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P130" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q130" s="0">
         <v>2002</v>
       </c>
       <c r="R130" s="0" t="s">
-        <v>1022</v>
+        <v>1010</v>
       </c>
       <c r="S130" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="T130" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="U130" s="0" t="s">
-        <v>1023</v>
+        <v>1011</v>
       </c>
       <c r="V130" s="0" t="s">
-        <v>1024</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="131" spans="1:22">
       <c r="A131" s="0" t="s">
-        <v>1025</v>
+        <v>1013</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>1026</v>
+        <v>1014</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>1027</v>
+        <v>1015</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="G131" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I131" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J131" s="0" t="s">
-        <v>1028</v>
+        <v>1016</v>
       </c>
       <c r="K131" s="0" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="L131" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M131" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N131" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O131" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P131" s="0" t="s">
-        <v>1029</v>
+        <v>1017</v>
       </c>
       <c r="Q131" s="0">
         <v>1999</v>
       </c>
       <c r="R131" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S131" s="0" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="T131" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="U131" s="0" t="s">
-        <v>1030</v>
+        <v>1018</v>
       </c>
       <c r="V131" s="0" t="s">
-        <v>1031</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="132" spans="1:22">
       <c r="A132" s="0" t="s">
-        <v>1032</v>
+        <v>1020</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>1033</v>
+        <v>1021</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>1034</v>
+        <v>1022</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="F132" s="0" t="s">
         <v>45</v>
       </c>
       <c r="G132" s="0" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I132" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J132" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K132" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L132" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M132" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N132" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O132" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P132" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q132" s="0">
         <v>1998</v>
       </c>
       <c r="R132" s="0" t="s">
-        <v>1035</v>
+        <v>1023</v>
       </c>
       <c r="S132" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T132" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="U132" s="0" t="s">
-        <v>1036</v>
+        <v>1024</v>
       </c>
       <c r="V132" s="0" t="s">
-        <v>1037</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="133" spans="1:22">
       <c r="A133" s="0" t="s">
-        <v>1038</v>
+        <v>1026</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>1039</v>
+        <v>1027</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="G133" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I133" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J133" s="0" t="s">
-        <v>1040</v>
+        <v>1028</v>
       </c>
       <c r="K133" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L133" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M133" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N133" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O133" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P133" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q133" s="0">
         <v>1997</v>
       </c>
       <c r="R133" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S133" s="0" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="T133" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U133" s="0" t="s">
-        <v>1041</v>
+        <v>1029</v>
       </c>
       <c r="V133" s="0" t="s">
-        <v>1042</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="134" spans="1:22">
       <c r="A134" s="0" t="s">
-        <v>1043</v>
+        <v>1031</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>1044</v>
+        <v>1032</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>1045</v>
+        <v>24</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>945</v>
+        <v>933</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>704</v>
+        <v>693</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="G134" s="0" t="s">
-        <v>1046</v>
+        <v>1033</v>
       </c>
       <c r="H134" s="0" t="s">
-        <v>494</v>
+        <v>487</v>
       </c>
       <c r="I134" s="0" t="s">
-        <v>706</v>
+        <v>695</v>
       </c>
       <c r="J134" s="0" t="s">
-        <v>1047</v>
+        <v>1034</v>
       </c>
       <c r="K134" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L134" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M134" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N134" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O134" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P134" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q134" s="0">
         <v>2026</v>
       </c>
       <c r="R134" s="0" t="s">
-        <v>1048</v>
+        <v>1035</v>
       </c>
       <c r="S134" s="0" t="s">
-        <v>1048</v>
+        <v>1035</v>
       </c>
       <c r="T134" s="0" t="s">
-        <v>1049</v>
+        <v>1036</v>
       </c>
       <c r="U134" s="0" t="s">
-        <v>1050</v>
+        <v>1037</v>
       </c>
       <c r="V134" s="0" t="s">
-        <v>1051</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="135" spans="1:22">
       <c r="A135" s="0" t="s">
-        <v>1052</v>
+        <v>1039</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>1053</v>
+        <v>1040</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>1054</v>
+        <v>146</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>44</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>1055</v>
+        <v>1041</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="G135" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I135" s="0" t="s">
-        <v>495</v>
+        <v>488</v>
       </c>
       <c r="J135" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="K135" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L135" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M135" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N135" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O135" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P135" s="0" t="s">
-        <v>1056</v>
+        <v>1042</v>
       </c>
       <c r="Q135" s="0">
         <v>2023</v>
       </c>
       <c r="R135" s="0"/>
       <c r="S135" s="0"/>
       <c r="T135" s="0" t="s">
-        <v>1057</v>
+        <v>1043</v>
       </c>
       <c r="U135" s="0" t="s">
-        <v>1058</v>
+        <v>1044</v>
       </c>
       <c r="V135" s="0" t="s">
-        <v>1059</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="136" spans="1:22">
       <c r="A136" s="0" t="s">
-        <v>1060</v>
+        <v>1046</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>1061</v>
+        <v>1047</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>1062</v>
+        <v>1048</v>
       </c>
       <c r="E136" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="F136" s="0" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="G136" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I136" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J136" s="0" t="s">
-        <v>654</v>
+        <v>643</v>
       </c>
       <c r="K136" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L136" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M136" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N136" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O136" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P136" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q136" s="0">
         <v>2009</v>
       </c>
       <c r="R136" s="0" t="s">
-        <v>1063</v>
+        <v>1049</v>
       </c>
       <c r="S136" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T136" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U136" s="0" t="s">
-        <v>1064</v>
+        <v>1050</v>
       </c>
       <c r="V136" s="0" t="s">
-        <v>1065</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="137" spans="1:22">
       <c r="A137" s="0" t="s">
-        <v>1066</v>
+        <v>1052</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>1067</v>
+        <v>1053</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>1068</v>
+        <v>1054</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I137" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J137" s="0" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="K137" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L137" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M137" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N137" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O137" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P137" s="0" t="s">
-        <v>1069</v>
+        <v>1055</v>
       </c>
       <c r="Q137" s="0">
         <v>2005</v>
       </c>
       <c r="R137" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S137" s="0" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="T137" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="U137" s="0" t="s">
-        <v>1070</v>
+        <v>1056</v>
       </c>
       <c r="V137" s="0" t="s">
-        <v>1071</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="138" spans="1:22">
       <c r="A138" s="0" t="s">
-        <v>1072</v>
+        <v>1058</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>1073</v>
+        <v>1059</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>1074</v>
+        <v>1060</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I138" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J138" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="K138" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L138" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M138" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N138" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O138" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P138" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q138" s="0">
         <v>2018</v>
       </c>
       <c r="R138" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="S138" s="0" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="T138" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U138" s="0" t="s">
-        <v>1075</v>
+        <v>1061</v>
       </c>
       <c r="V138" s="0" t="s">
-        <v>1076</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="139" spans="1:22">
       <c r="A139" s="0" t="s">
-        <v>1077</v>
+        <v>1063</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>1078</v>
+        <v>1064</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D139" s="0" t="s">
         <v>44</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I139" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J139" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K139" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L139" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M139" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N139" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O139" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P139" s="0" t="s">
-        <v>1079</v>
+        <v>1065</v>
       </c>
       <c r="Q139" s="0">
         <v>2002</v>
       </c>
       <c r="R139" s="0" t="s">
-        <v>1080</v>
+        <v>1066</v>
       </c>
       <c r="S139" s="0" t="s">
         <v>51</v>
       </c>
       <c r="T139" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="U139" s="0" t="s">
-        <v>1081</v>
+        <v>1067</v>
       </c>
       <c r="V139" s="0" t="s">
-        <v>1082</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="140" spans="1:22">
       <c r="A140" s="0" t="s">
-        <v>1083</v>
+        <v>1069</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>1084</v>
+        <v>1070</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>530</v>
+        <v>522</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F140" s="0" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="G140" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I140" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J140" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="K140" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L140" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M140" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N140" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O140" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P140" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q140" s="0">
         <v>2014</v>
       </c>
       <c r="R140" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="S140" s="0" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="T140" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U140" s="0" t="s">
-        <v>1085</v>
+        <v>1071</v>
       </c>
       <c r="V140" s="0" t="s">
-        <v>1086</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="141" spans="1:22">
       <c r="A141" s="0" t="s">
-        <v>1087</v>
+        <v>1073</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>1088</v>
+        <v>1074</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>1089</v>
+        <v>1075</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>1090</v>
+        <v>1076</v>
       </c>
       <c r="G141" s="0" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="H141" s="0" t="s">
-        <v>780</v>
+        <v>768</v>
       </c>
       <c r="I141" s="0" t="s">
-        <v>1091</v>
+        <v>1077</v>
       </c>
       <c r="J141" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="K141" s="0" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="L141" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M141" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N141" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O141" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P141" s="0" t="s">
-        <v>1092</v>
+        <v>1078</v>
       </c>
       <c r="Q141" s="0">
         <v>2003</v>
       </c>
       <c r="R141" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S141" s="0" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="T141" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="U141" s="0" t="s">
-        <v>1093</v>
+        <v>1079</v>
       </c>
       <c r="V141" s="0" t="s">
-        <v>1094</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="142" spans="1:22">
       <c r="A142" s="0" t="s">
-        <v>1095</v>
+        <v>1081</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>1096</v>
+        <v>1082</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D142" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="F142" s="0" t="s">
-        <v>749</v>
+        <v>738</v>
       </c>
       <c r="G142" s="0" t="s">
-        <v>1097</v>
+        <v>1083</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I142" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J142" s="0" t="s">
-        <v>1098</v>
+        <v>1084</v>
       </c>
       <c r="K142" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L142" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M142" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N142" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O142" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P142" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q142" s="0">
         <v>2017</v>
       </c>
       <c r="R142" s="0" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="S142" s="0" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="T142" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="U142" s="0" t="s">
-        <v>1099</v>
+        <v>1085</v>
       </c>
       <c r="V142" s="0" t="s">
-        <v>1100</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="143" spans="1:22">
       <c r="A143" s="0" t="s">
-        <v>1101</v>
+        <v>1087</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>1102</v>
+        <v>1088</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="F143" s="0" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I143" s="0" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="J143" s="0" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="K143" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L143" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M143" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N143" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O143" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P143" s="0" t="s">
-        <v>1103</v>
+        <v>1089</v>
       </c>
       <c r="Q143" s="0">
         <v>2006</v>
       </c>
       <c r="R143" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="S143" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="S143" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T143" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="U143" s="0" t="s">
-        <v>1104</v>
+        <v>1090</v>
       </c>
       <c r="V143" s="0" t="s">
-        <v>1105</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="144" spans="1:22">
       <c r="A144" s="0" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>1107</v>
+        <v>1093</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>1027</v>
+        <v>1015</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>1027</v>
+        <v>1015</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="G144" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I144" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J144" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K144" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L144" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M144" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N144" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O144" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P144" s="0" t="s">
-        <v>1108</v>
+        <v>1094</v>
       </c>
       <c r="Q144" s="0">
         <v>2002</v>
       </c>
       <c r="R144" s="0" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="S144" s="0" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="T144" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U144" s="0" t="s">
-        <v>1109</v>
+        <v>1095</v>
       </c>
       <c r="V144" s="0" t="s">
-        <v>1110</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="145" spans="1:22">
       <c r="A145" s="0" t="s">
-        <v>1111</v>
+        <v>1097</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>1112</v>
+        <v>1098</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="F145" s="0" t="s">
-        <v>1113</v>
+        <v>1099</v>
       </c>
       <c r="G145" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H145" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I145" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J145" s="0" t="s">
-        <v>1028</v>
+        <v>1016</v>
       </c>
       <c r="K145" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L145" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M145" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N145" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O145" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P145" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q145" s="0">
         <v>2000</v>
       </c>
       <c r="R145" s="0" t="s">
-        <v>1114</v>
+        <v>1100</v>
       </c>
       <c r="S145" s="0" t="s">
-        <v>1115</v>
+        <v>1101</v>
       </c>
       <c r="T145" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U145" s="0" t="s">
-        <v>1116</v>
+        <v>1102</v>
       </c>
       <c r="V145" s="0" t="s">
-        <v>1117</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="146" spans="1:22">
       <c r="A146" s="0" t="s">
-        <v>1118</v>
+        <v>1104</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>1119</v>
+        <v>1105</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D146" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F146" s="0" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="G146" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I146" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J146" s="0" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="K146" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L146" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M146" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N146" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O146" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P146" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q146" s="0">
         <v>1999</v>
       </c>
       <c r="R146" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S146" s="0" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="T146" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U146" s="0" t="s">
-        <v>1120</v>
+        <v>1106</v>
       </c>
       <c r="V146" s="0" t="s">
-        <v>1121</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="147" spans="1:22">
       <c r="A147" s="0" t="s">
-        <v>1122</v>
+        <v>1108</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>1123</v>
+        <v>1109</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>640</v>
+        <v>629</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>866</v>
+        <v>854</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>1124</v>
+        <v>1110</v>
       </c>
       <c r="F147" s="0" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I147" s="0" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="J147" s="0" t="s">
-        <v>654</v>
+        <v>643</v>
       </c>
       <c r="K147" s="0" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="L147" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M147" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N147" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O147" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P147" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q147" s="0">
         <v>2008</v>
       </c>
       <c r="R147" s="0" t="s">
-        <v>1125</v>
+        <v>1111</v>
       </c>
       <c r="S147" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T147" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="U147" s="0" t="s">
-        <v>1126</v>
+        <v>1112</v>
       </c>
       <c r="V147" s="0" t="s">
-        <v>1127</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="148" spans="1:22">
       <c r="A148" s="0" t="s">
-        <v>1128</v>
+        <v>1114</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>1129</v>
+        <v>1115</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="F148" s="0" t="s">
-        <v>521</v>
+        <v>513</v>
       </c>
       <c r="G148" s="0" t="s">
-        <v>1130</v>
+        <v>1116</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I148" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J148" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K148" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L148" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M148" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N148" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O148" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P148" s="0" t="s">
-        <v>1131</v>
+        <v>1117</v>
       </c>
       <c r="Q148" s="0">
         <v>2016</v>
       </c>
       <c r="R148" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="S148" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="S148" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T148" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="U148" s="0" t="s">
-        <v>1132</v>
+        <v>1118</v>
       </c>
       <c r="V148" s="0" t="s">
-        <v>1133</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="149" spans="1:22">
       <c r="A149" s="0" t="s">
-        <v>1134</v>
+        <v>1120</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>1135</v>
+        <v>1121</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>1062</v>
+        <v>1048</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="F149" s="0" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="G149" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="H149" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I149" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J149" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K149" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L149" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M149" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N149" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O149" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P149" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q149" s="0">
         <v>1998</v>
       </c>
       <c r="R149" s="0" t="s">
         <v>36</v>
       </c>
       <c r="S149" s="0" t="s">
         <v>37</v>
       </c>
       <c r="T149" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U149" s="0" t="s">
-        <v>1136</v>
+        <v>1122</v>
       </c>
       <c r="V149" s="0" t="s">
-        <v>1137</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="150" spans="1:22">
       <c r="A150" s="0" t="s">
-        <v>1138</v>
+        <v>1124</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>1139</v>
+        <v>1125</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>1055</v>
+        <v>1041</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>1140</v>
+        <v>1126</v>
       </c>
       <c r="F150" s="0" t="s">
-        <v>1141</v>
+        <v>1127</v>
       </c>
       <c r="G150" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I150" s="0" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="J150" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="K150" s="0" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="L150" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M150" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N150" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O150" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P150" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q150" s="0">
         <v>2021</v>
       </c>
       <c r="R150" s="0" t="s">
-        <v>1142</v>
+        <v>1128</v>
       </c>
       <c r="S150" s="0" t="s">
-        <v>589</v>
+        <v>578</v>
       </c>
       <c r="T150" s="0" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="U150" s="0" t="s">
-        <v>1143</v>
+        <v>1129</v>
       </c>
       <c r="V150" s="0" t="s">
-        <v>1144</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="151" spans="1:22">
       <c r="A151" s="0" t="s">
-        <v>1145</v>
+        <v>1131</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>1146</v>
+        <v>1132</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D151" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F151" s="0" t="s">
-        <v>1147</v>
+        <v>1133</v>
       </c>
       <c r="G151" s="0" t="s">
-        <v>1148</v>
+        <v>1134</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I151" s="0" t="s">
-        <v>1149</v>
+        <v>1135</v>
       </c>
       <c r="J151" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K151" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L151" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M151" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N151" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O151" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P151" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q151" s="0">
         <v>2019</v>
       </c>
       <c r="R151" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S151" s="0" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="T151" s="0" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="U151" s="0" t="s">
-        <v>1150</v>
+        <v>1136</v>
       </c>
       <c r="V151" s="0" t="s">
-        <v>1151</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="152" spans="1:22">
       <c r="A152" s="0" t="s">
-        <v>1152</v>
+        <v>1138</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>1153</v>
+        <v>1139</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>265</v>
+        <v>158</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>1154</v>
+        <v>1140</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>1155</v>
+        <v>1141</v>
       </c>
       <c r="F152" s="0" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G152" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H152" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I152" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J152" s="0" t="s">
-        <v>1156</v>
+        <v>1142</v>
       </c>
       <c r="K152" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L152" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M152" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N152" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O152" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P152" s="0" t="s">
-        <v>1157</v>
+        <v>1143</v>
       </c>
       <c r="Q152" s="0">
         <v>2019</v>
       </c>
       <c r="R152" s="0" t="s">
-        <v>1158</v>
+        <v>1144</v>
       </c>
       <c r="S152" s="0" t="s">
-        <v>609</v>
+        <v>598</v>
       </c>
       <c r="T152" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="U152" s="0" t="s">
-        <v>1159</v>
+        <v>1145</v>
       </c>
       <c r="V152" s="0" t="s">
-        <v>1160</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="153" spans="1:22">
       <c r="A153" s="0" t="s">
-        <v>1161</v>
+        <v>1147</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>1162</v>
+        <v>1148</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F153" s="0" t="s">
         <v>45</v>
       </c>
       <c r="G153" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I153" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J153" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K153" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L153" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M153" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N153" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O153" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P153" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q153" s="0">
         <v>2017</v>
       </c>
       <c r="R153" s="0" t="s">
-        <v>1163</v>
+        <v>1149</v>
       </c>
       <c r="S153" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T153" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="U153" s="0" t="s">
-        <v>1164</v>
+        <v>1150</v>
       </c>
       <c r="V153" s="0" t="s">
-        <v>1165</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="154" spans="1:22">
       <c r="A154" s="0" t="s">
-        <v>1166</v>
+        <v>1152</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>1167</v>
+        <v>1153</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>1168</v>
+        <v>1154</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="F154" s="0" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="G154" s="0" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I154" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J154" s="0" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="K154" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L154" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M154" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N154" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O154" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P154" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q154" s="0">
         <v>2004</v>
       </c>
       <c r="R154" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S154" s="0" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="T154" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U154" s="0" t="s">
-        <v>1169</v>
+        <v>1155</v>
       </c>
       <c r="V154" s="0" t="s">
-        <v>1170</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="155" spans="1:22">
       <c r="A155" s="0" t="s">
-        <v>1171</v>
+        <v>1157</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>1172</v>
+        <v>1158</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="F155" s="0" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="G155" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I155" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J155" s="0" t="s">
-        <v>1173</v>
+        <v>1159</v>
       </c>
       <c r="K155" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L155" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M155" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N155" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O155" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P155" s="0" t="s">
-        <v>595</v>
+        <v>584</v>
       </c>
       <c r="Q155" s="0">
         <v>1997</v>
       </c>
       <c r="R155" s="0" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="S155" s="0" t="s">
-        <v>1174</v>
+        <v>1160</v>
       </c>
       <c r="T155" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U155" s="0" t="s">
-        <v>1175</v>
+        <v>1161</v>
       </c>
       <c r="V155" s="0" t="s">
-        <v>1176</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="156" spans="1:22">
       <c r="A156" s="0" t="s">
-        <v>1177</v>
+        <v>1163</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>1178</v>
+        <v>1164</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D156" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="F156" s="0" t="s">
-        <v>1179</v>
+        <v>1165</v>
       </c>
       <c r="G156" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I156" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J156" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="K156" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L156" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M156" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N156" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O156" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P156" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q156" s="0">
         <v>2002</v>
       </c>
       <c r="R156" s="0" t="s">
         <v>36</v>
       </c>
       <c r="S156" s="0" t="s">
         <v>37</v>
       </c>
       <c r="T156" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U156" s="0" t="s">
-        <v>1180</v>
+        <v>1166</v>
       </c>
       <c r="V156" s="0" t="s">
-        <v>1181</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="157" spans="1:22">
       <c r="A157" s="0" t="s">
-        <v>1182</v>
+        <v>1168</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>1183</v>
+        <v>1169</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>228</v>
+        <v>24</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>1184</v>
+        <v>1170</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>660</v>
+        <v>649</v>
       </c>
       <c r="F157" s="0" t="s">
         <v>27</v>
       </c>
       <c r="G157" s="0" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I157" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J157" s="0" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="K157" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L157" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M157" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N157" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O157" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P157" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q157" s="0">
         <v>2003</v>
       </c>
       <c r="R157" s="0" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="S157" s="0" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="T157" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U157" s="0" t="s">
-        <v>1185</v>
+        <v>1171</v>
       </c>
       <c r="V157" s="0" t="s">
-        <v>1186</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="158" spans="1:22">
       <c r="A158" s="0" t="s">
-        <v>1187</v>
+        <v>1173</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>1188</v>
+        <v>1174</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>787</v>
+        <v>775</v>
       </c>
       <c r="F158" s="0" t="s">
-        <v>1189</v>
+        <v>1175</v>
       </c>
       <c r="G158" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I158" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J158" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="K158" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L158" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M158" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N158" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O158" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P158" s="0" t="s">
-        <v>1190</v>
+        <v>1176</v>
       </c>
       <c r="Q158" s="0">
         <v>2013</v>
       </c>
       <c r="R158" s="0" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="S158" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T158" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U158" s="0" t="s">
-        <v>1191</v>
+        <v>1177</v>
       </c>
       <c r="V158" s="0" t="s">
-        <v>1192</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="159" spans="1:22">
       <c r="A159" s="0" t="s">
-        <v>1193</v>
+        <v>1179</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>1194</v>
+        <v>1180</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>1195</v>
+        <v>135</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>1196</v>
+        <v>1181</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="F159" s="0" t="s">
-        <v>1197</v>
+        <v>1182</v>
       </c>
       <c r="G159" s="0" t="s">
-        <v>1198</v>
+        <v>1183</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I159" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="J159" s="0" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="K159" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L159" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M159" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N159" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O159" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P159" s="0" t="s">
-        <v>1199</v>
+        <v>1184</v>
       </c>
       <c r="Q159" s="0">
         <v>2017</v>
       </c>
       <c r="R159" s="0" t="s">
-        <v>655</v>
+        <v>644</v>
       </c>
       <c r="S159" s="0" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="T159" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U159" s="0" t="s">
-        <v>1200</v>
+        <v>1185</v>
       </c>
       <c r="V159" s="0" t="s">
-        <v>1201</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="160" spans="1:22">
       <c r="A160" s="0" t="s">
-        <v>1202</v>
+        <v>1187</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>1203</v>
+        <v>1188</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>1204</v>
+        <v>146</v>
       </c>
       <c r="D160" s="0" t="s">
         <v>44</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>1205</v>
+        <v>1189</v>
       </c>
       <c r="F160" s="0" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="G160" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I160" s="0" t="s">
-        <v>495</v>
+        <v>488</v>
       </c>
       <c r="J160" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="K160" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L160" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M160" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N160" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O160" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P160" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q160" s="0">
         <v>2023</v>
       </c>
       <c r="R160" s="0" t="s">
-        <v>1206</v>
+        <v>1190</v>
       </c>
       <c r="S160" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="T160" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U160" s="0" t="s">
-        <v>1207</v>
+        <v>1191</v>
       </c>
       <c r="V160" s="0" t="s">
-        <v>1208</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="161" spans="1:22">
       <c r="A161" s="0" t="s">
-        <v>1209</v>
+        <v>1193</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>1210</v>
+        <v>1194</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D161" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="F161" s="0" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="G161" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I161" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J161" s="0" t="s">
-        <v>1098</v>
+        <v>1084</v>
       </c>
       <c r="K161" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L161" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M161" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N161" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O161" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P161" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q161" s="0">
         <v>1997</v>
       </c>
       <c r="R161" s="0" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="S161" s="0" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="T161" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U161" s="0" t="s">
-        <v>1211</v>
+        <v>1195</v>
       </c>
       <c r="V161" s="0" t="s">
-        <v>1212</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="162" spans="1:22">
       <c r="A162" s="0" t="s">
-        <v>1213</v>
+        <v>1197</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>1214</v>
+        <v>1198</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>660</v>
+        <v>649</v>
       </c>
       <c r="E162" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F162" s="0" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="G162" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I162" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J162" s="0" t="s">
-        <v>1215</v>
+        <v>1199</v>
       </c>
       <c r="K162" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L162" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M162" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N162" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O162" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P162" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q162" s="0">
         <v>2013</v>
       </c>
       <c r="R162" s="0" t="s">
-        <v>1216</v>
+        <v>1200</v>
       </c>
       <c r="S162" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T162" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="U162" s="0" t="s">
-        <v>1217</v>
+        <v>1201</v>
       </c>
       <c r="V162" s="0" t="s">
-        <v>1218</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="163" spans="1:22">
       <c r="A163" s="0" t="s">
-        <v>1219</v>
+        <v>1203</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>1220</v>
+        <v>1204</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>1221</v>
+        <v>1205</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="F163" s="0" t="s">
-        <v>1141</v>
+        <v>1127</v>
       </c>
       <c r="G163" s="0" t="s">
-        <v>1222</v>
+        <v>1206</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I163" s="0" t="s">
-        <v>495</v>
+        <v>488</v>
       </c>
       <c r="J163" s="0" t="s">
-        <v>1223</v>
+        <v>1207</v>
       </c>
       <c r="K163" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L163" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M163" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N163" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O163" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P163" s="0" t="s">
-        <v>552</v>
+        <v>543</v>
       </c>
       <c r="Q163" s="0">
         <v>2023</v>
       </c>
       <c r="R163" s="0" t="s">
-        <v>1224</v>
+        <v>1208</v>
       </c>
       <c r="S163" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="T163" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U163" s="0" t="s">
-        <v>1225</v>
+        <v>1209</v>
       </c>
       <c r="V163" s="0" t="s">
-        <v>1226</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="164" spans="1:22">
       <c r="A164" s="0" t="s">
-        <v>1227</v>
+        <v>1211</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>1228</v>
+        <v>1212</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F164" s="0" t="s">
-        <v>1229</v>
+        <v>1213</v>
       </c>
       <c r="G164" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="H164" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I164" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J164" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K164" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L164" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M164" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N164" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O164" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P164" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q164" s="0">
         <v>2023</v>
       </c>
       <c r="R164" s="0" t="s">
-        <v>1230</v>
+        <v>1214</v>
       </c>
       <c r="S164" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="T164" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U164" s="0" t="s">
-        <v>1231</v>
+        <v>1215</v>
       </c>
       <c r="V164" s="0" t="s">
-        <v>1232</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="165" spans="1:22">
       <c r="A165" s="0" t="s">
-        <v>1233</v>
+        <v>1217</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>1234</v>
+        <v>1218</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>1235</v>
+        <v>1219</v>
       </c>
       <c r="E165" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="F165" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="F165" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G165" s="0" t="s">
-        <v>1236</v>
+        <v>1220</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I165" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J165" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="K165" s="0" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="L165" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M165" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N165" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O165" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P165" s="0" t="s">
-        <v>1237</v>
+        <v>1221</v>
       </c>
       <c r="Q165" s="0">
         <v>2014</v>
       </c>
       <c r="R165" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="S165" s="0" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="T165" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U165" s="0" t="s">
-        <v>1238</v>
+        <v>1222</v>
       </c>
       <c r="V165" s="0" t="s">
-        <v>1239</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="166" spans="1:22">
       <c r="A166" s="0" t="s">
-        <v>1240</v>
+        <v>1224</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>1241</v>
+        <v>1225</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>504</v>
+        <v>135</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>1242</v>
+        <v>1226</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>1243</v>
+        <v>1227</v>
       </c>
       <c r="F166" s="0" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="G166" s="0" t="s">
-        <v>1244</v>
+        <v>1228</v>
       </c>
       <c r="H166" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I166" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J166" s="0" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="K166" s="0" t="s">
         <v>32</v>
       </c>
       <c r="L166" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M166" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N166" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O166" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P166" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q166" s="0">
         <v>2019</v>
       </c>
       <c r="R166" s="0" t="s">
-        <v>655</v>
+        <v>644</v>
       </c>
       <c r="S166" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T166" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U166" s="0" t="s">
-        <v>1245</v>
+        <v>1229</v>
       </c>
       <c r="V166" s="0" t="s">
-        <v>1246</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="167" spans="1:22">
       <c r="A167" s="0" t="s">
-        <v>1247</v>
+        <v>1231</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>1248</v>
+        <v>1232</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>1045</v>
+        <v>24</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>1249</v>
+        <v>1233</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="F167" s="0" t="s">
-        <v>1250</v>
+        <v>1234</v>
       </c>
       <c r="G167" s="0" t="s">
-        <v>1251</v>
+        <v>1235</v>
       </c>
       <c r="H167" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I167" s="0" t="s">
-        <v>706</v>
+        <v>695</v>
       </c>
       <c r="J167" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K167" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L167" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M167" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N167" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O167" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P167" s="0" t="s">
-        <v>1252</v>
+        <v>1236</v>
       </c>
       <c r="Q167" s="0">
         <v>2026</v>
       </c>
       <c r="R167" s="0" t="s">
-        <v>1253</v>
+        <v>1237</v>
       </c>
       <c r="S167" s="0" t="s">
-        <v>1253</v>
+        <v>1237</v>
       </c>
       <c r="T167" s="0" t="s">
-        <v>1254</v>
+        <v>1238</v>
       </c>
       <c r="U167" s="0" t="s">
-        <v>1255</v>
+        <v>1239</v>
       </c>
       <c r="V167" s="0" t="s">
-        <v>1256</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="168" spans="1:22">
       <c r="A168" s="0" t="s">
-        <v>1257</v>
+        <v>1241</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>1258</v>
+        <v>1242</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>1221</v>
+        <v>1205</v>
       </c>
       <c r="E168" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F168" s="0" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="G168" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I168" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J168" s="0" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="K168" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L168" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M168" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N168" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O168" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P168" s="0" t="s">
-        <v>1259</v>
+        <v>1243</v>
       </c>
       <c r="Q168" s="0">
         <v>2005</v>
       </c>
       <c r="R168" s="0" t="s">
-        <v>1260</v>
+        <v>1244</v>
       </c>
       <c r="S168" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T168" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U168" s="0" t="s">
-        <v>1261</v>
+        <v>1245</v>
       </c>
       <c r="V168" s="0" t="s">
-        <v>1262</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="169" spans="1:22">
       <c r="A169" s="0" t="s">
-        <v>1263</v>
+        <v>1247</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>1264</v>
+        <v>1248</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>931</v>
+        <v>919</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="F169" s="0" t="s">
-        <v>877</v>
+        <v>865</v>
       </c>
       <c r="G169" s="0" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I169" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J169" s="0" t="s">
-        <v>514</v>
+        <v>506</v>
       </c>
       <c r="K169" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L169" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M169" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N169" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O169" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P169" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q169" s="0">
         <v>2007</v>
       </c>
       <c r="R169" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S169" s="0" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="T169" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U169" s="0" t="s">
-        <v>1265</v>
+        <v>1249</v>
       </c>
       <c r="V169" s="0" t="s">
-        <v>1266</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="170" spans="1:22">
       <c r="A170" s="0" t="s">
-        <v>1267</v>
+        <v>1251</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>1268</v>
+        <v>1252</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D170" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="F170" s="0" t="s">
-        <v>1269</v>
+        <v>1253</v>
       </c>
       <c r="G170" s="0" t="s">
-        <v>1270</v>
+        <v>1254</v>
       </c>
       <c r="H170" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I170" s="0" t="s">
-        <v>586</v>
+        <v>575</v>
       </c>
       <c r="J170" s="0" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="K170" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L170" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M170" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N170" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O170" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P170" s="0" t="s">
-        <v>1271</v>
+        <v>1255</v>
       </c>
       <c r="Q170" s="0">
         <v>2022</v>
       </c>
       <c r="R170" s="0" t="s">
-        <v>588</v>
+        <v>577</v>
       </c>
       <c r="S170" s="0" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="T170" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U170" s="0" t="s">
-        <v>1272</v>
+        <v>1256</v>
       </c>
       <c r="V170" s="0" t="s">
-        <v>1273</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="171" spans="1:22">
       <c r="A171" s="0" t="s">
-        <v>1274</v>
+        <v>1258</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>1275</v>
+        <v>1259</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="F171" s="0" t="s">
-        <v>1068</v>
+        <v>1054</v>
       </c>
       <c r="G171" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>47</v>
       </c>
       <c r="I171" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J171" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K171" s="0" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="L171" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M171" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N171" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O171" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P171" s="0" t="s">
-        <v>1276</v>
+        <v>1260</v>
       </c>
       <c r="Q171" s="0">
         <v>2003</v>
       </c>
       <c r="R171" s="0" t="s">
-        <v>1114</v>
+        <v>1100</v>
       </c>
       <c r="S171" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T171" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U171" s="0" t="s">
-        <v>1277</v>
+        <v>1261</v>
       </c>
       <c r="V171" s="0" t="s">
-        <v>1278</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="172" spans="1:22">
       <c r="A172" s="0" t="s">
-        <v>1279</v>
+        <v>1263</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>1280</v>
+        <v>1264</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>364</v>
+        <v>24</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>530</v>
+        <v>522</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>567</v>
+        <v>557</v>
       </c>
       <c r="F172" s="0" t="s">
         <v>45</v>
       </c>
       <c r="G172" s="0" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I172" s="0" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J172" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="K172" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L172" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M172" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N172" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O172" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P172" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q172" s="0">
         <v>2017</v>
       </c>
       <c r="R172" s="0" t="s">
-        <v>1281</v>
+        <v>1265</v>
       </c>
       <c r="S172" s="0" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="T172" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U172" s="0" t="s">
-        <v>1282</v>
+        <v>1266</v>
       </c>
       <c r="V172" s="0" t="s">
-        <v>1283</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="173" spans="1:22">
       <c r="A173" s="0" t="s">
-        <v>1284</v>
+        <v>1268</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>1285</v>
+        <v>1269</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>330</v>
+        <v>158</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>1286</v>
+        <v>1270</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="F173" s="0" t="s">
-        <v>441</v>
+        <v>435</v>
       </c>
       <c r="G173" s="0" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I173" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J173" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="K173" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="K173" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L173" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M173" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N173" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O173" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P173" s="0" t="s">
-        <v>1287</v>
+        <v>1271</v>
       </c>
       <c r="Q173" s="0">
         <v>2012</v>
       </c>
       <c r="R173" s="0" t="s">
-        <v>1288</v>
+        <v>1272</v>
       </c>
       <c r="S173" s="0" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="T173" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U173" s="0" t="s">
-        <v>1289</v>
+        <v>1273</v>
       </c>
       <c r="V173" s="0" t="s">
-        <v>1290</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="174" spans="1:22">
       <c r="A174" s="0" t="s">
-        <v>1291</v>
+        <v>1275</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>1292</v>
+        <v>1276</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F174" s="0" t="s">
-        <v>513</v>
+        <v>505</v>
       </c>
       <c r="G174" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H174" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I174" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J174" s="0" t="s">
-        <v>514</v>
+        <v>506</v>
       </c>
       <c r="K174" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L174" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M174" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N174" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O174" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P174" s="0" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="Q174" s="0">
         <v>2005</v>
       </c>
       <c r="R174" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="S174" s="0" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="T174" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U174" s="0" t="s">
-        <v>1293</v>
+        <v>1277</v>
       </c>
       <c r="V174" s="0" t="s">
-        <v>1294</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="175" spans="1:22">
       <c r="A175" s="0" t="s">
-        <v>1295</v>
+        <v>1279</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>1296</v>
+        <v>1280</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D175" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="E175" s="0" t="s">
         <v>211</v>
       </c>
-      <c r="E175" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F175" s="0" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="G175" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I175" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J175" s="0" t="s">
         <v>48</v>
       </c>
       <c r="K175" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L175" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M175" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N175" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O175" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P175" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q175" s="0">
         <v>2014</v>
       </c>
       <c r="R175" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S175" s="0" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="T175" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U175" s="0" t="s">
-        <v>1297</v>
+        <v>1281</v>
       </c>
       <c r="V175" s="0" t="s">
-        <v>1298</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="176" spans="1:22">
       <c r="A176" s="0" t="s">
-        <v>1299</v>
+        <v>1283</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>1300</v>
+        <v>1284</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>1301</v>
+        <v>1285</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F176" s="0" t="s">
-        <v>1302</v>
+        <v>1286</v>
       </c>
       <c r="G176" s="0" t="s">
-        <v>1303</v>
+        <v>1287</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I176" s="0" t="s">
         <v>30</v>
       </c>
       <c r="J176" s="0" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="K176" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L176" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M176" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N176" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O176" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P176" s="0" t="s">
-        <v>1199</v>
+        <v>1184</v>
       </c>
       <c r="Q176" s="0">
         <v>2015</v>
       </c>
       <c r="R176" s="0" t="s">
-        <v>655</v>
+        <v>644</v>
       </c>
       <c r="S176" s="0" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="T176" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U176" s="0" t="s">
-        <v>1304</v>
+        <v>1288</v>
       </c>
       <c r="V176" s="0" t="s">
-        <v>1305</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="177" spans="1:22">
       <c r="A177" s="0" t="s">
-        <v>1306</v>
+        <v>1290</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>1307</v>
+        <v>1291</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>918</v>
+        <v>906</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>1308</v>
+        <v>1292</v>
       </c>
       <c r="F177" s="0" t="s">
-        <v>1309</v>
+        <v>1293</v>
       </c>
       <c r="G177" s="0" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I177" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J177" s="0" t="s">
         <v>31</v>
       </c>
       <c r="K177" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L177" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M177" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N177" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O177" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P177" s="0" t="s">
-        <v>1310</v>
+        <v>1294</v>
       </c>
       <c r="Q177" s="0">
         <v>2015</v>
       </c>
       <c r="R177" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="S177" s="0" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="T177" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U177" s="0" t="s">
-        <v>1311</v>
+        <v>1295</v>
       </c>
       <c r="V177" s="0" t="s">
-        <v>1312</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="178" spans="1:22">
       <c r="A178" s="0" t="s">
-        <v>1313</v>
+        <v>1297</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>1314</v>
+        <v>1298</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>1315</v>
+        <v>1299</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>1316</v>
+        <v>1300</v>
       </c>
       <c r="F178" s="0" t="s">
-        <v>1317</v>
+        <v>1301</v>
       </c>
       <c r="G178" s="0" t="s">
-        <v>1318</v>
+        <v>1302</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I178" s="0" t="s">
-        <v>1149</v>
+        <v>1135</v>
       </c>
       <c r="J178" s="0" t="s">
-        <v>1319</v>
+        <v>1303</v>
       </c>
       <c r="K178" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L178" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M178" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N178" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O178" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P178" s="0" t="s">
-        <v>595</v>
+        <v>584</v>
       </c>
       <c r="Q178" s="0">
         <v>2019</v>
       </c>
       <c r="R178" s="0" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="S178" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T178" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U178" s="0" t="s">
-        <v>1320</v>
+        <v>1304</v>
       </c>
       <c r="V178" s="0" t="s">
-        <v>1321</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="179" spans="1:22">
       <c r="A179" s="0" t="s">
-        <v>1322</v>
+        <v>1306</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>1323</v>
+        <v>1307</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>24</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="F179" s="0" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="G179" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I179" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J179" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="K179" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L179" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M179" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N179" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O179" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P179" s="0" t="s">
-        <v>1324</v>
+        <v>1308</v>
       </c>
       <c r="Q179" s="0">
         <v>1999</v>
       </c>
       <c r="R179" s="0" t="s">
-        <v>1325</v>
+        <v>1309</v>
       </c>
       <c r="S179" s="0" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="T179" s="0" t="s">
         <v>38</v>
       </c>
       <c r="U179" s="0" t="s">
-        <v>1326</v>
+        <v>1310</v>
       </c>
       <c r="V179" s="0" t="s">
-        <v>1327</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="180" spans="1:22">
       <c r="A180" s="0" t="s">
-        <v>1328</v>
+        <v>1312</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>1329</v>
+        <v>1313</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>1330</v>
+        <v>24</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>1331</v>
+        <v>1314</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="F180" s="0" t="s">
-        <v>1332</v>
+        <v>1315</v>
       </c>
       <c r="G180" s="0" t="s">
-        <v>1333</v>
+        <v>1316</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I180" s="0" t="s">
-        <v>627</v>
+        <v>616</v>
       </c>
       <c r="J180" s="0" t="s">
-        <v>1098</v>
+        <v>1084</v>
       </c>
       <c r="K180" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L180" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M180" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N180" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O180" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P180" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q180" s="0">
         <v>2022</v>
       </c>
       <c r="R180" s="0" t="s">
-        <v>596</v>
+        <v>585</v>
       </c>
       <c r="S180" s="0" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="T180" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U180" s="0" t="s">
-        <v>1334</v>
+        <v>1317</v>
       </c>
       <c r="V180" s="0" t="s">
-        <v>1335</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="181" spans="1:22">
       <c r="A181" s="0" t="s">
-        <v>1336</v>
+        <v>1319</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>1337</v>
+        <v>1320</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>330</v>
+        <v>158</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>1338</v>
+        <v>1321</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>1140</v>
+        <v>1126</v>
       </c>
       <c r="F181" s="0" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="G181" s="0" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="H181" s="0" t="s">
-        <v>494</v>
+        <v>487</v>
       </c>
       <c r="I181" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J181" s="0" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="K181" s="0" t="s">
         <v>49</v>
       </c>
       <c r="L181" s="0" t="s">
         <v>33</v>
       </c>
       <c r="M181" s="0" t="s">
         <v>34</v>
       </c>
       <c r="N181" s="0" t="s">
         <v>33</v>
       </c>
       <c r="O181" s="0" t="s">
         <v>33</v>
       </c>
       <c r="P181" s="0" t="s">
-        <v>1339</v>
+        <v>1322</v>
       </c>
       <c r="Q181" s="0">
         <v>2015</v>
       </c>
       <c r="R181" s="0" t="s">
-        <v>1340</v>
+        <v>1323</v>
       </c>
       <c r="S181" s="0" t="s">
-        <v>1341</v>
+        <v>1324</v>
       </c>
       <c r="T181" s="0" t="s">
         <v>52</v>
       </c>
       <c r="U181" s="0" t="s">
-        <v>1342</v>
+        <v>1325</v>
       </c>
       <c r="V181" s="0" t="s">
-        <v>1343</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="182" spans="1:22">
       <c r="A182" s="0" t="s">
-        <v>1344</v>
+        <v>1327</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>1345</v>
+        <v>1328</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>364</v>
+        <v>24</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="E182" s="0" t="s">
-        <v>660</v>
+        <v>649</v>
       </c>
       <c r="F182" s="0" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="G182" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I182" s="0" t="s">
-        <v>1346</v>
+        <v>1329</v>
       </c>
       <c r="J182" s="0" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K182" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L182" s="0" t="s">
         <v>34</v>
       </c>
       <c r="M182" s="0" t="s">
         <v>33</v>
       </c>
       <c r="N182" s="0" t="s">
         <v>34</v>
       </c>
       <c r="O182" s="0" t="s">
         <v>34</v>
       </c>
       <c r="P182" s="0" t="s">
         <v>35</v>
       </c>
       <c r="Q182" s="0">
         <v>2016</v>
       </c>
       <c r="R182" s="0" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="S182" s="0" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="T182" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="U182" s="0" t="s">
-        <v>1347</v>
+        <v>1330</v>
       </c>
       <c r="V182" s="0" t="s">
-        <v>1348</v>
+        <v>1331</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
@@ -17377,32 +17326,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Plants</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Plant_Select_Plants2026-02-10</dc:title>
+  <dc:title>Plant_Select_Plants2026-03-03</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>