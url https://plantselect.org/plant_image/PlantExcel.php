--- v5 (2026-03-03)
+++ v6 (2026-03-23)
@@ -1086,54 +1086,54 @@
   <si>
     <t>http://plantselect.org/agastache-pstessene</t>
   </si>
   <si>
     <t>Corsican violet (perennial)</t>
   </si>
   <si>
     <t>Viola corsica</t>
   </si>
   <si>
     <t>6-8 inches</t>
   </si>
   <si>
     <t>Early spring to late fall</t>
   </si>
   <si>
     <t>Purple</t>
   </si>
   <si>
     <t>Clay, Loam</t>
   </si>
   <si>
     <t>Hand pull dead foliage in spring.</t>
   </si>
   <si>
-    <t>A wild violet from the Mediterranean with large, one-inch, bright purple flowers produced in every season. Heat tolerant and perennial, it combines well with other colors in the garden and can take considerable drought.  Excellent in the rock garden.  Reseeds moderately.  Perennial.
-[...2 lines deleted...]
-Tips from the pros: Reseeds freely once established. Seedlings are easy to pull and can be transplanted to relocate to more suitable locations if desired.</t>
+    <t>&lt;strong&gt;Corsican violet&lt;/strong&gt; is a wild violet from the Mediterranean with large, one-inch, bright purple flowers produced in every season. Heat tolerant and perennial, it combines well with other colors in the garden and can take considerable drought. Excellent in the rock garden. Reseeds moderately.  Perennial.
+&lt;/br&gt;
+&lt;/br&gt;
+&lt;strong&gt;Tips from the pros:&lt;/strong&gt; Reseeds freely once established. Seedlings are easy to pull and can be transplanted to relocate to more suitable locations if desired.</t>
   </si>
   <si>
     <t>http://plantselect.org/viola-corsica</t>
   </si>
   <si>
     <t>CRYSTAL FROST™ Arizona cypress</t>
   </si>
   <si>
     <t>Hesperocyparis arizonica 'Fandango'</t>
   </si>
   <si>
     <t>18-25 feet</t>
   </si>
   <si>
     <t>8-15 feet</t>
   </si>
   <si>
     <t>Zones 5a-9</t>
   </si>
   <si>
     <t>AZ,CA,NM,NV,TX,UT</t>
   </si>
   <si>
     <t>None needed but can be lightly trimmed to enhance branching structure</t>
   </si>
@@ -1152,51 +1152,51 @@
   <si>
     <t>CRYSTAL RIVER® veronica</t>
   </si>
   <si>
     <t>Veronica 'Reavis'</t>
   </si>
   <si>
     <t>2-3 inches</t>
   </si>
   <si>
     <t>20-30 inches</t>
   </si>
   <si>
     <t>April to June; scattered blooms later</t>
   </si>
   <si>
     <t>Zones 3-7</t>
   </si>
   <si>
     <t>Hand rake or run hand over to remove any dead foliage in spring</t>
   </si>
   <si>
     <t xml:space="preserve">Trim out any dead, divide over grown areas and add plantings where desired. </t>
   </si>
   <si>
-    <t>This exceptional evergreen groundcover, a hybrid between &lt;em&gt;Veronica liwanensis&lt;/em&gt; and &lt;em&gt;Veronica pectinata&lt;/em&gt;, combines the best qualities of both parents and demonstrates hybrid vigor as well.  The tiny blue flowers appear in a solid mass in the spring, with scattered blooms throughout the season.  Fast growing and vigorous. Perennial.  Xeriscape.
+    <t>&lt;strong&gt;CRYSTAL RIVER® veronica&lt;/strong&gt; is an exceptional evergreen groundcover, a hybrid between &lt;em&gt;Veronica liwanensis&lt;/em&gt; and &lt;em&gt;Veronica pectinata&lt;/em&gt;, combines the best qualities of both parents and demonstrates hybrid vigor as well.  The tiny blue flowers appear in a solid mass in the spring, with scattered blooms throughout the season.  Fast growing and vigorous. Perennial.  Xeriscape.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Requiring little care, it is tolerant of low water conditions and alkaline soil.</t>
   </si>
   <si>
     <t>http://plantselect.org/veronica-reavis</t>
   </si>
   <si>
     <t>Curly leaf sea kale</t>
   </si>
   <si>
     <t>Crambe maritima</t>
   </si>
   <si>
     <t>30-48 inches</t>
   </si>
   <si>
     <t>May through June</t>
   </si>
   <si>
     <t>Prune back hard in fall or spring after flowering</t>
   </si>
   <si>
     <t>&lt;strong&gt;Curly leaf sea kale&lt;/strong&gt; is robust, traditional, European perennial potherb. It forms impressive clumps of gorgeous, wavy, waxy blue foliage all summer long. In spring, clusters of dazzling white flowers grace the garden. Tough and permanent once established, this beautiful perennial offers larger-scale, summer-long interest for dry gardens. An excellent plant for texture and contrast. &lt;a href="/plantstories/big-bold-and-beautiful-curly-leaf-sea-kale/" target="_blank"&gt;Learn more about this plant here&lt;/a&gt;.
 &lt;/br&gt;
@@ -1282,51 +1282,51 @@
 &lt;/br&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; Use in the garden border or in container plantings to create a vivid show in late summer/fall. Although it can occasionally come back and bloom a second year, it is best treated as an annual in colder climates. For greater success, plant in spring, so roots can get fully established by fall. Prep soil for good drainage.</t>
   </si>
   <si>
     <t>http://plantselect.org/rudbeckia</t>
   </si>
   <si>
     <t>DENVER GOLD® columbine</t>
   </si>
   <si>
     <t>Aquilegia chrysantha</t>
   </si>
   <si>
     <t>Late spring to frost</t>
   </si>
   <si>
     <t>Moderate to moist</t>
   </si>
   <si>
     <t>AZ,CO,NM,TX,UT</t>
   </si>
   <si>
     <t>Up to 9000 ft</t>
   </si>
   <si>
-    <t>A particularly showy race of the golden columbine of the southern Rockies.  The huge, yellow flowers can be over three inches across and the spurs are even longer. The plants often bloom from May to autumn frost and self sow generously. Grown from seed. Perennial. Read more &lt;a href="/plantstories/a-rush-of-denver-gold-columbine-that-is/" target="_blank"&gt;here&lt;/a&gt;.
+    <t>&lt;strong&gt;DENVER GOLD&lt;sup&gt;®&lt;/sup&gt; columbine&lt;/strong&gt; is a particularly showy selection of the golden columbine of the southern Rockies. The huge, yellow flowers can be over three inches across and the spurs are even longer. The plants often bloom from May to autumn frost and self sow generously. Grown from seed. &lt;br&gt;&lt;br&gt;&lt;a href="/plantstories/a-rush-of-denver-gold-columbine-that-is/" target="_blank"&gt;See the plant story here&lt;/a&gt;.
 &lt;/br&gt;
 &lt;/br&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; Remove spent flowers in late June to encourage longer blooming.  Foliage often declines in mid-summer so cut it back to the ground and allow it to regrow for fall. Best planted in masses since they can smother smaller plants.  May self-seed. Tolerates dry shade.</t>
   </si>
   <si>
     <t>http://plantselect.org/aquilegia-chrysantha</t>
   </si>
   <si>
     <t>Desert beardtongue (aka, desert penstemon)</t>
   </si>
   <si>
     <t>Penstemon pseudospectabilis</t>
   </si>
   <si>
     <t>32-36 inches</t>
   </si>
   <si>
     <t>May to July</t>
   </si>
   <si>
     <t xml:space="preserve">Dry to xeric </t>
   </si>
   <si>
     <t>AZ,CA,NM,UT</t>
   </si>
@@ -1772,60 +1772,60 @@
   <si>
     <t>8-10 inches</t>
   </si>
   <si>
     <t>18+ inches</t>
   </si>
   <si>
     <t>AZ,CO,KS,NM,TX</t>
   </si>
   <si>
     <t>It's easiest to never touch this plant.  It will look brown in spring, but it is alive and will turn green the hotter it gets.  Use a blower to remove other plant's leaf litter. You will appreciate not having to think about this plant.</t>
   </si>
   <si>
     <t>Outstanding selection of native prairie zinnia chosen for its vigor, foliage color and large flowers. Excellent for hot, dry sites; thrives in all soil types, even dry clay. Recommended for slopes, along driveways and other places where it can spread as a large scale groundcover. Developed by David Salman. Read more &lt;a href="https://plantselect.org/plantstories/gold-on-blue-not-your-typical-zinnia/" target="_blank"&gt;here&lt;/a&gt;.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Low maintenance, however shearing plants back in late fall or spring will clean out old growth. Best to plant in late spring or early summer to allow it to establish a strong crown before winter's cold.</t>
   </si>
   <si>
     <t>http://plantselect.org/zinnia-grandiflora-gold-on-blue</t>
   </si>
   <si>
     <t>Golden Candles</t>
   </si>
   <si>
-    <t>Thermopsis lupinoides</t>
+    <t>Thermopsis lanceolata (syn. Thermopsis lupinoides)</t>
   </si>
   <si>
     <t>Shear back to the ground every spring to make way for the new year's growth.</t>
   </si>
   <si>
     <t xml:space="preserve">&lt;strong&gt;Golden Candles&lt;/strong&gt; has thick clusters of bright yellow buds that emerge at ground level in April. The blooms taper into elegant, yellow-golden, candle spires of showy color. Attractive mounds of lupine-like foliage persist the rest of the summer. A robust, adaptable perennial for borders or xeriscapes. Provides cheerful color early in the season which everyone will enjoy, including early-emerging pollinators!&lt;br&gt;&lt;br&gt;&lt;strong&gt;Tips from the pros:&lt;/strong&gt; Can take a few seasons to get going. Well worth the wait! </t>
   </si>
   <si>
-    <t>http://plantselect.org/thermopsis-lupinoides</t>
+    <t>http://plantselect.org/thermopsis-lanceolata-syn-thermopsis-lupinoides</t>
   </si>
   <si>
     <t>Golden storksbill</t>
   </si>
   <si>
     <t>Erodium chrysanthum</t>
   </si>
   <si>
     <t>10-25 inches</t>
   </si>
   <si>
     <t>Loam, Gravelly</t>
   </si>
   <si>
     <t xml:space="preserve">Rake out dead leaves in spring if any. </t>
   </si>
   <si>
     <t xml:space="preserve">Silvery mounds of evergreen, ferny foliage decorative in their own right. Fragrant, soft yellow, geranium-like flowers from early spring until late summer. Long lived , easy, and adaptable. Read more &lt;a href="/plantstories/bullet-proof-beauty-erodium/" target="_blank"&gt;here&lt;/a&gt;.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros:  Plant in a location away from sidewalks where it will have room to grow.  Deadhead faded blooms so you can enjoy the beautiful foliage for the rest of the season.  </t>
   </si>
   <si>
     <t>http://plantselect.org/erodium-chrysanthum</t>
   </si>
@@ -2956,56 +2956,56 @@
 Tips from the pros: Appreciates well-drained soil. Shear after blooming to improve the overall appearance of the plant.
 </t>
   </si>
   <si>
     <t>http://plantselect.org/satureja-montana-subsp-illyrica</t>
   </si>
   <si>
     <t>RAMBLER™ mountain fleabane</t>
   </si>
   <si>
     <t>Erigeron formosissimus ‘P022S'</t>
   </si>
   <si>
     <t>May-June; June-July</t>
   </si>
   <si>
     <t>AZ,CO,MT,NM,SD,WY</t>
   </si>
   <si>
     <t>Trim back foliage in spring and deadhead flowers in the summer.</t>
   </si>
   <si>
     <t>Up to 13,000'</t>
   </si>
   <si>
-    <t>&lt;strong&gt;RAMBLER&lt;sup&gt;TM&lt;/sup&gt; mountain fleabane&lt;/strong&gt; looks at home in both formal and naturalistic landscapes. This native, pollinator-friendly wildflower fits well in borders, pollinator gardens and rock gardens. Cheerful, lavender flowers appear in May and June over grassy leaves. It's adaptable, so plant it in sun or partial shade in nearly any soil&amp;mdash;as long as it drains. Drought tolerant once established. &lt;a href="https://plantselect.org/plantstories/rambler/"&gt;Read the plant story &gt;&lt;/a&gt;
+    <t>&lt;strong&gt;RAMBLER&lt;sup&gt;TM&lt;/sup&gt; mountain fleabane&lt;/strong&gt; looks at home in both formal and naturalistic landscapes. This native, pollinator-friendly wildflower fits well in borders, pollinator gardens and rock gardens. Cheerful, lavender flowers appear in May and June over grassy leaves. It's adaptable, so plant it in sun or partial shade in nearly any soil&amp;mdash;as long as it drains. Drought tolerant once established. 
 &lt;br&gt;&lt;br&gt;
 RAMBLER&lt;sup&gt;TM&lt;/sup&gt; mountain fleabane is a native selection&amp;mdash;a plant that was selected from the wild for unique, naturally-occurring traits. Mike Kintgen of Denver Botanic Gardens selected this plant for its abundant flowers, short stature and ability to grow in elevations up to 13,000 feet! 
-&lt;br&gt;&lt;br&gt;
+&lt;a href="https://plantselect.org/plantstories/rambler/"&gt;&lt;br&gt;&lt;br&gt;Read the plant story &gt;&lt;/a&gt;&lt;br&gt;&lt;br&gt;
 &lt;strong&gt;Pro tips:&lt;/strong&gt;&lt;br&gt;&lt;ul&gt;&lt;li&gt;Prefers well-drained soils.&lt;/li&gt;
-&lt;li&gt;Occasional, deep watering is needed during prolonged drought or extreme heat.&lt;/li&gt; &lt;/ul&gt;</t>
+&lt;li&gt;Occasional watering may be needed during prolonged drought or extreme heat.&lt;/li&gt; &lt;/ul&gt;</t>
   </si>
   <si>
     <t>http://plantselect.org/erigeron-formosissimus-p022s</t>
   </si>
   <si>
     <t>Red Birds in a Tree</t>
   </si>
   <si>
     <t>Scrophularia macrantha</t>
   </si>
   <si>
     <t>NM</t>
   </si>
   <si>
     <t>Introduced in 1996 by High Country Gardens, this rare penstemon cousin has showy crimson tubular flowers which are produced in generous sprays above rich green serrated foliage. This southwestern uplands wildflower has shown great adaptability in gardens. Perennial. Xeriscape. Read more &lt;a href="/plantstories/a-feast-for-the-eyes-and-the-birds/" target="_blank"&gt;here&lt;/a&gt;.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Cut the stems back to about 4-6" in midspring when new growth is emerging. Mulch them with gravel or coarse mulch to keep the roots cool and to conserve moisture. Deadhead early to increase vigor and preempt seed set.  Avoid wet winter conditions.</t>
   </si>
   <si>
     <t>http://plantselect.org/scrophularia-macrantha</t>
   </si>
   <si>
     <t>Red feathers</t>
   </si>
@@ -3960,51 +3960,51 @@
     <t>Zones 4b-10</t>
   </si>
   <si>
     <t>This hyssop will be true to form from seedlings. Allow seedlings to grow in desired spots. Replace plants that may die every 5-10 years.</t>
   </si>
   <si>
     <t xml:space="preserve">&lt;strong&gt;SUNSET® hyssop&lt;/strong&gt; (&lt;i&gt;Agastache rupestris&lt;/i&gt;) has bold brushes of sunset-orange flowers from August to frost. Native to high mountains of the Southwest, it's a magnet for hummingbirds, bees and butterflies. The plant exudes a refreshing, root beer aroma that helps deter nibbling deer and rabbits. It's a beautiful contribution to water-smart gardens or perennial borders. Perennial.
 &lt;/br&gt;
 &lt;/br&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; Does not respond well to over-watering, so keep on the dry side once established. Plant in areas with full sun or a warm microclimate to ensure longevity. Wait until spring to cut back old growth.
 </t>
   </si>
   <si>
     <t>http://plantselect.org/agastache-rupestris</t>
   </si>
   <si>
     <t>TABLE MOUNTAIN® ice plant</t>
   </si>
   <si>
     <t>Delosperma 'John Proffitt'</t>
   </si>
   <si>
     <t>Early summer to fall</t>
   </si>
   <si>
-    <t>A fast spreading groundcover from South Africa that blooms for most of the growing season.  The lustrous, fuchsia-colored flowers are an improvement on &lt;em&gt;Delosperma cooperi&lt;/em&gt;.  During the winter the leaves remain turgid and green, often tinged with purple.  Perennial.
+    <t>&lt;strong&gt;TABLE MOUNTAIN&lt;sup&gt;®&lt;/sup&gt; ice plant&lt;/strong&gt; is a fast spreading groundcover from South Africa that blooms for most of the growing season. The lustrous, fuchsia-colored flowers are an improvement on &lt;em&gt;Delosperma cooperi&lt;/em&gt;. During the winter the leaves remain turgid and green, often tinged with purple. Perennial.
 &lt;/br&gt;
 &lt;/br&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; Wetness in the winter can cause die-back.  Thrives in a variety of sites, but grows best in full sun with moderate moisture in dry summers (as in summer monsoons). Does not like bark mulch - consider gravel.</t>
   </si>
   <si>
     <t>http://plantselect.org/delosperma-john-proffitt</t>
   </si>
   <si>
     <t>TANAGER® gazania</t>
   </si>
   <si>
     <t>Gazania krebsiana</t>
   </si>
   <si>
     <t>2-4 inches</t>
   </si>
   <si>
     <t xml:space="preserve">Fluorescent orange daisies from earliest spring to late autumn create dazzling specimens ideal for mass displays.  Glossy, dark green leaves develop a deep purple tinge in the winter months.  A perfect plant for rock gardens, the front of a bed or border, in planters, massing or drifts, or in shortgrass meadows. Reseeds moderately in zone 5 and is hardy in protected microclimates. Perennial.  Xeriscape.
 &lt;/br&gt;
 &lt;/br&gt;
 Tips from the pros: Can be marginally hardy.  Plant in spring so roots can get fully established by fall. Good drainage essential - does not like soggy winter conditions. </t>
   </si>
   <si>
     <t>http://plantselect.org/gazania-krebsiana</t>
   </si>
@@ -4202,55 +4202,56 @@
     <t>UNFORGETTABLE™ hummingbird trumpet</t>
   </si>
   <si>
     <t>Epilobium x canum ‘PUND03S'</t>
   </si>
   <si>
     <t>24 inches</t>
   </si>
   <si>
     <t>August to frost</t>
   </si>
   <si>
     <t>Scarlet</t>
   </si>
   <si>
     <t>AZ,CA,ID,NM,NV,OR,UT,WY</t>
   </si>
   <si>
     <t xml:space="preserve">Cut back annually in the spring. </t>
   </si>
   <si>
     <t>2500-6000 feet</t>
   </si>
   <si>
     <t>&lt;strong&gt;UNFORGETTABLE™ hummingbird trumpet&lt;/strong&gt; is a gorgeous season extender.
-This perennial has intense scarlet flowers that will light up your perennial border or waterwise garden all autumn. 
+This perennial has intense scarlet flowers that will light up your waterwise garden all autumn. 
 &lt;br&gt;&lt;br&gt;
-Hummingbird trumpet is native to much of the western United States. Plantswoman Lauren Springer made this selection for its late season interest, profuse flowering, upright form and an exceptional ability to attract hummingbirds!
+Plantswoman Lauren Springer was drawn to this particular plant for its late season interest, profuse flowering, upright form and an exceptional ability to attract hummingbirds!
 &lt;br&gt;&lt;br&gt;
-UNFORGETTABLE™ has a different look than our &lt;a href="https://plantselect.org/plant/epilobium-canum-subsp-garrettii-pwwg01s/"&gt;ORANGE CARPET® hummingbird trumpet&lt;/a&gt;. It has a full, tidy and upright form, growing up to two feet tall. The foliage is narrower and more symmetrical, and it has lengthy flowers. It fills a different niche in garden design. &lt;Br&gt;&lt;Br&gt;&lt;a href="https://plantselect.org/plantstories/unforgettabletm-hummingbird-trumpet-steals-the-autumn-show/"&gt;Read the plant story here &gt;&lt;/a&gt;</t>
+UNFORGETTABLE™ has a different look than our &lt;a href="https://plantselect.org/plant/epilobium-canum-subsp-garrettii-pwwg01s/"&gt;ORANGE CARPET® hummingbird trumpet&lt;/a&gt;. It has a full, tidy and upright form, growing up to 2 feet tall. The foliage is narrower and more symmetrical, and it has lengthy flowers. It fills a different niche in garden design. &lt;br&gt;&lt;br&gt;&lt;a href="https://plantselect.org/plantstories/unforgettabletm-hummingbird-trumpet-steals-the-autumn-show/"&gt;Read the plant story from Lauren Springer &gt;&lt;/a&gt;&lt;br&gt;&lt;br&gt;
+&lt;strong&gt;Pro tip:&lt;/strong&gt; Extra heat (like S and W exposures) encourage more blooms.</t>
   </si>
   <si>
     <t>http://plantselect.org/epilobium-x-canum-pund03s</t>
   </si>
   <si>
     <t>VALLEY LAVENDER™ plains verbena</t>
   </si>
   <si>
     <t>Verbena bipinnatifida</t>
   </si>
   <si>
     <t>AL,AZ,CA,CO,GA,IN,KS,KY,LA,MD,MO,MS,NE,NM,OK,TN,TX,WI,WY</t>
   </si>
   <si>
     <t>Trim back in spring.</t>
   </si>
   <si>
     <t xml:space="preserve">Vibrant lavender flower clusters are held erect above spreading stems with deeply cut leaves.  This beautiful groundcover blooms from late spring through frost.  A durable Great Plains perennial that is attractive to butterflies. Read more &lt;a href="/plantstories/valley-lavender-plains-verbena-gem-of-the-prairie/" target="_blank"&gt;here&lt;/a&gt;.
 &lt;/br&gt;
 &lt;/br&gt;
 &lt;strong&gt;Tips from the pros:&lt;/strong&gt; Prefers well-drained, native soil. For best appearance, be sure to give it plenty of sun and avoid excessive watering. </t>
   </si>
   <si>
     <t>http://plantselect.org/verbena-bipinnatifida</t>
   </si>
@@ -17326,32 +17327,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Plants</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>Plant_Select_Plants2026-03-03</dc:title>
+  <dc:title>Plant_Select_Plants2026-03-23</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>